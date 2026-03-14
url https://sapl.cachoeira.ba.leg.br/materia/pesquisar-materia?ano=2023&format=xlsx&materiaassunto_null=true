--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -54,351 +54,351 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DR. ZÉ LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/16/projet._de_lei_12.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/16/projet._de_lei_12.pdf</t>
   </si>
   <si>
     <t>Regulamenta a destinação de recursos públicos para as festividades de São João Feira do Porto de Cachoeira Bahia, e estabelece percentual mínimo que deve ser empregado para a contratação de artistas e conjuntos musicais que representem a cultura popular do gênero Forró Tradicional e Pé de Serra.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>NENEL</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO BENEFICENTE AÇÃO SOCIAL INDEPENDENTE DO DISTRITO DE CAPOEIRUÇU</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>JOSMAR BARBOSA</t>
   </si>
   <si>
     <t>PL de introdução do Evento Musical Agosto do Blue no Município de Cachoeira.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ISNALDO CORDEIRO</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA JUVENTUDE NO MUNICIPIO DE CACHOEIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Declara o Cine Cachoeirano Patrimônio Cultural de Cachoeira.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_lei_n._19.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_lei_n._19.pdf</t>
   </si>
   <si>
     <t>Declara a irmandade e a Festa de Nossa senhora da Boa Morte Patrimônio Cultural e Imaterial de Cachoeira.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_n._20.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_n._20.pdf</t>
   </si>
   <si>
     <t>Declara a Associação Dalva Damiana de Freitas Patrimônio Cultural Imaterial de Cachoeira.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Declara o Samba de Roda de Cachoeira Patrimônio Cultural  Imaterial de Cachoeira</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do centro de formação, aperfeiçoamento e especialização – CFAEGCM da guarda civil municipal de Cachoeira e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>LAELSON DE ROXO</t>
   </si>
   <si>
     <t>Declaração da Festa de Nossa Senhora D'Ajuda como Patrimônio Histórico e Imaterial de Cachoeira Bahia.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Declara a Irmandade de Nossa Senhora D'Ajuda como Patrimônio Histórico Cultural e Imaterial de Cachoeira Bahia.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/85/prj_lei_26.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/85/prj_lei_26.2023.pdf</t>
   </si>
   <si>
     <t>Declara o Festival da Ostra das Comunidades Quilombolas da Bacia e Vale do Iguape como Patrimônio Histórico, Cultural e Imaterial de Cachoeira-Bahia</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/86/prj._lei_27.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/86/prj._lei_27.2023.pdf</t>
   </si>
   <si>
     <t>DECLARA A FESTA DE NOSSA SENHORA DO BOM PARTO DA COMUNIDADE DO ENGENHO DA CRUZ DA BACIA E VALE DO IGUAPE COMO PATRIMÔNIO DO BEM COLTURAL IMATERIAL DE CACHOEIRA - BAHIA.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>ELIANA GONZAGA</t>
   </si>
   <si>
     <t>Estabelece o Regime Disciplinar da Guarda Municipal de Cachoeira dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_29.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_29.2023.pdf</t>
   </si>
   <si>
     <t>ASSISTENCIA FINANCEIRA DA UNIÃO DESTINADA À COMPLEMENTAÇÃO AO PAGAMENTO DOS PISOS SALARIAIS PARA PROFISSIONAIS DE ENFERMAGEM</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_30.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_30.2023.pdf</t>
   </si>
   <si>
     <t>CRÉDITO ESPECIAL AO ORÇAMENTO ANUAL 2023 DO MUNICIPIO DE CACHOEIRA NO VALOR DE R$10.000,00</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_31.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_31.2023.pdf</t>
   </si>
   <si>
     <t>ALTERAR A NOMECLATURA DA GUARDA CIVIL MUNICIPAL PARA POLICIA MUNICIPAL DE CACHOEIRA</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_32.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_32.2023.pdf</t>
   </si>
   <si>
     <t>Declara o Ilê Axé Icimimó como Patrimônio Histórico, Cultural e Imaterial de Cachoeira.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_33.2023_2.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_33.2023_2.pdf</t>
   </si>
   <si>
     <t>Declara como Patrimônio Histórico Cultural e Material a Associação Sociedade Seguidores de São Gerônimo.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/122/pl34-2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/122/pl34-2023.pdf</t>
   </si>
   <si>
     <t>declara patrimônio histórico Cultural e imaterial Terreiro Zogbodo Malê Bogun Sejá Hundê</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei_35.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei_35.2024.pdf</t>
   </si>
   <si>
     <t>declara o terreiro Ayono Huntoloji (gaiaku Luiza), Patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_36.2023_jo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_36.2023_jo.pdf</t>
   </si>
   <si>
     <t>declara o terreiro Ilê Axé Asepó Éran Opé Olúwa (Viva Deus) Patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_dee_lei_37.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_dee_lei_37.2023.pdf</t>
   </si>
   <si>
     <t>declara o Terreiro Ilê Axé Otályê (Mãe Filhinha) Patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>declara o terreiro Ilê Axé Oxum Niwa (finado Valter da Capapina) patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>declara o terreiro  Mukumbi Dendezeiro (finada Mãe Nilta) Patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_40.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_40.2023.pdf</t>
   </si>
   <si>
     <t>declara o Terreiro Loba'Nekum  (Mãe Lúcia quebra bunda), patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/129/p.l._41.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/129/p.l._41.2023.pdf</t>
   </si>
   <si>
     <t>declara o terreiro Loba'Nekun Filho (Mãe Lira do Monte) patrimônio Cultural e Imaterial</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/130/p.l._42.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/130/p.l._42.2023.pdf</t>
   </si>
   <si>
     <t>declara o terreiro Ogodô Dêy ( justo da ladeira da Cadeia) Patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>declara o terreiro Ilê Axé Mukumbu Filho do Kafunji (finada Mãe Dionisia) patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>declara terreiro MiláKessán (finada Dalva de Nanã) patrimônio Histórico Cultural e Imaterial</t>
   </si>
   <si>
     <t>133</t>
   </si>
@@ -438,51 +438,51 @@
   <si>
     <t>140</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Tornar a Festa de Frei Galvão do distrito de Belém Patrimônio Cultural Imaterial e Material</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>tornar a Festa de Santiago do Iguape Patrimônio Cultural material e Imaterial de Cachoeira</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_51.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_51.2023.pdf</t>
   </si>
   <si>
     <t>Tornar a festa  e a Irmandade  de Nossa senhora do Monte patrimônio Cultural material e imaterial</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>tornar a festa de Nossa senhora da Conceição dos Pobres patrimônio Cultural e imaterial</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>tornar a festa do Divino Espírito Santo patrimônio cultural material e imaterial</t>
   </si>
   <si>
     <t>145</t>
   </si>
@@ -495,185 +495,185 @@
   <si>
     <t>146</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>declara Ilê Axé ogum magegê (finado Benício) Patrimônio Cultural e Imaterial (finado Benício)</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>declara os atos da festa da Semana Santa Patrimônio Cultural Material e Imaterial de Cachoeira</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_29_de_270923_-_ploa_2024_pm_cachoeira.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_29_de_270923_-_ploa_2024_pm_cachoeira.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa do orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/154/pl_25_imunidade_tribut.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/154/pl_25_imunidade_tribut.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE IMUNIDADE TRIBUTÁRIA DAS RELIGIÕES DE MATRIZ AFRICANA E AFRO BRASILEIRA.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>ADRIANA SILVA</t>
   </si>
   <si>
     <t>“Institui no âmbito municipal o Programa ‘Pró-Auxílio’ que visa destinar o valor de um salário mínimo, para atendimento a famílias atingidas por catástrofes naturais, em Estado Decretado Calamidade Pública ou Situação de Emergência e dá outras providências”.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Samba de Roda Filhos do Caquende</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei__64.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei__64.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal Samba de Roda Filhos do Caquende</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DA CACHOEIRA - PMC</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_-_minha_casa_minha_vida_1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_-_minha_casa_minha_vida_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de contrapartida municipal para implementar o Programa Minha Casa Minha Vida conforme disposto na Lei 11.977/2009 e na Medida Provisória 1.162/2023 e também nas disposições das Instruções Normativas do Ministério das Cidades e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/182/pl_20_de_novembro.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/182/pl_20_de_novembro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO DIA DA CONSCIÊNCIA NEGRA 20 DE NOVEMBRO. SER FERIADO MUNICIPAL</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/183/pl__zumbi_dos_palmares_3.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/183/pl__zumbi_dos_palmares_3.pdf</t>
   </si>
   <si>
     <t>Institui a Figura de Zumbi dos Palmares símbolo de representatividade e Resistência do Povo Negro na Câmara de Vereadores.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/187/conselho_municipal_de_seguranca_alimentar_e_nutricional_-_comsea.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/187/conselho_municipal_de_seguranca_alimentar_e_nutricional_-_comsea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a formação do Conselho Municipal de Segurança Alimentar e Nutricional.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_069.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_069.2023.pdf</t>
   </si>
   <si>
     <t>Institui e Inclui no Calendário Oficial de Eventos e Festas do Município de Cachoeira a Semana Municipal da Dança e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>FOC - FINANÇAS ORÇAMENTOS E CONTAS</t>
   </si>
   <si>
     <t>Projeto de Lei n.º 029/2023_x000D_
 _x000D_
 P A R E C E R LEI ORÇAMENTÁRIA ANUAL – LOA / 2024_x000D_
 _x000D_
 Trata-se do Projeto de Lei em epígrafe, de autoria do Poder Executivo, que “ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2024” para o Município de Cachoeira._x000D_
 O Poder Executivo estimou o Orçamento Geral do Município de Americana, para o exercício financeiro de 2024 incluindo as Administrações Diretas, Indiretas e Poder Legislativo em R$ 179.026.810,33 (cento e setenta e nove milhões, vinte e seis mil, oitocentos e dez reais e trinta e três centavos), discriminados nos respectivos anexos que acompanham e integram este projeto de lei, sendo analisados por esta Comissão os critérios da legislação em vigor sobre a matéria.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_resolucao_30_2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_resolucao_30_2023.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão cachoeirano ao senhor Edson Sá</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ADJARVA DIAS FILHO</t>
   </si>
   <si>
     <t>Concessão de Título de Cidadã Cachoeirana a ilustríssima Senhora Dagmar de Souza Silva Rendeiro.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Concessão de título de Cidadão Cachoeirano e dá outras providências ao Ilustríssimo Senhor Ricardo Ishmael Damasceno Oliveira.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Concessão de título de Cidadão Cachoeirano ao ilustríssimo Senhor Pastor Dr. Eber Liesse.</t>
   </si>
@@ -734,422 +734,422 @@
   <si>
     <t>Emenda ao Art. 55 do Regimento Interno da Câmara Municipal da Cachoeira</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Titulo de Cidadã a Srª Fabíola Mansur de Carvalho</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Titulo de cidadão cachoeirano ao Senhor José Augusto Cedraz da Silva</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Título de Cidadão Cachoirano ao Senhor Marcus Balbino de Souza dos Santos</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/102/titulo_de_cidadao_antonio_matheus_2.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/102/titulo_de_cidadao_antonio_matheus_2.pdf</t>
   </si>
   <si>
     <t>Conceder Titulo de Cidadão Cachoeirano ao  Senhor Antônio Mateus de Carvalho Soares</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_resolucao_40.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_resolucao_40.2023.pdf</t>
   </si>
   <si>
     <t>Título de Cidadã Cachoeirana a Senhora Georgina Gonçalves dos Santos</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/114/projeto_de_resolucao_41.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/114/projeto_de_resolucao_41.pdf</t>
   </si>
   <si>
     <t>Título de Cidadão Cachoeirano ao senhor Jaques Wagner</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/115/projeto_de_resolucao_43.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/115/projeto_de_resolucao_43.pdf</t>
   </si>
   <si>
     <t>Título de cidadão cachoeirano ao Senhor JERÔNIMO  RODRIGUES</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/116/projeto_de_resolucao_44.doc</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/116/projeto_de_resolucao_44.doc</t>
   </si>
   <si>
     <t>Título de Cidadão cachoeirano ao senhor Jerônimo  Rodrigues</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/117/projeto_de_resolucao_45.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/117/projeto_de_resolucao_45.2023.pdf</t>
   </si>
   <si>
     <t>Título de Cidadão Cachoeirano ao senhor  Babalorixá Idelson Conceição Sales</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/118/projeto_resolucao_46.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/118/projeto_resolucao_46.2023.pdf</t>
   </si>
   <si>
     <t>Título de cidadão Cachoeirano ao Senhor MJ PM Alexsandro Alexandre Jesus Neves Messias</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Concede Título de Cidadão cachoeirano  ao senhor Elias Maturino dos Santos Lima</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>concede título de cidadão cachoeirano ao senhor  Marcelo Oliveira Silva</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Cachoeirano ao Senhor Fernando Menezes Nascimento</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/166/ps._50._2023_rosemberg.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/166/ps._50._2023_rosemberg.pdf</t>
   </si>
   <si>
     <t>Concede Título  de Cidadão Cachoeirano ao Senhor Rosemberg Evangelista Pinto</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>TCM</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_51.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_51.pdf</t>
   </si>
   <si>
     <t>CONTAS ORIUNDAS DO TCM (Executivo 2020)</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_52.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_52.2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Cachoeirana Senhora Historiadora Luciana Mandelli</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/255/ps_53-2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/255/ps_53-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadã Cachoeirana  a Ilustríssima  Senhora  Selma Leal Vilas Bôas Brito."</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n10.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n10.2023.pdf</t>
   </si>
   <si>
     <t>Requerimento para esclarecimento sobre a Política de Reparação Social do Município.</t>
   </si>
   <si>
     <t>Solicita informações da Secretaria de Serviços Publicos a respeito sobre coleta de lixo</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_09_2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_09_2023.pdf</t>
   </si>
   <si>
     <t>Esclarecimento do motivo da não nomeação do gestor para assumir a Secretaria Municipal de Cultura.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_cpi.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_cpi.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO CRIAÇÃO COMISSÃO PARLAMENTAR DE INQUÉRITO nos termos do ART. 29, I alínea "J" e Art. 51, § 4º da Lei Orgânica do Município de Cachoeira.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Solicitando a prefeita o reenvio das Leis que criam o Sistema Municipal de Cultura, Fundo Municipal de Cultura, Conselho Municipal de Cultura para que seja apreciado e votado por este Legislativo.</t>
   </si>
   <si>
     <t>Solicitando carta de representação Sindical e Estatuto da APLB e SINDIPUC</t>
   </si>
   <si>
     <t>Solicitar a prefeita Calendário das atividades da Lei Pulo Gustavo</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_-_instalacao_dos_correios_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_-_instalacao_dos_correios_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Prefeita Srª. Eliana Gonzaga, dar continuidade ao convenio com os Correios que visa reabrir o posto dos Correios nos distritos de Belem, Santiago do Iguape e Capoeiruçu.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_adriana.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_adriana.pdf</t>
   </si>
   <si>
     <t>Representação por quebra de decoro parlamentar, em face o Vereador Josmar Barbosa dos Santos de Souza</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Solicitando a prefeita enviar a esta casa Projeto de Lei revogando a Lei 1.119/2014 de correção dos valores de IPTU.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_represa_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_represa_assinado.pdf</t>
   </si>
   <si>
     <t>REFORMA DA REPRESA DA COMUNIDADE DA OPALMA JUNTAMENTE COM A CONSTRUÇÃO DE QUIOSQUE.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_embiara_de_cima_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_embiara_de_cima_assinado.pdf</t>
   </si>
   <si>
     <t>•	REQUEIRO A PAVIMENTAÇÃO DAS RUAS DA EMBIARA DE CIMA COM A CONSTRUÇÃO DE UMA PRAÇA._x000D_
  _x000D_
 _x000D_
 _x000D_
 Sala das Sessões de Cachoeira, 22 de setembro de 2023._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Laelson Luis Ferreira Bispo_x000D_
 Vereador – autor_x000D_
 PSB</t>
   </si>
   <si>
     <t>CRISTIANO DE LOURO PAI VEI</t>
   </si>
   <si>
     <t>Convocação da Secretária de Assistência Social.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/171/of._no_58_parecer_pl_auxilio_emergencial-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/171/of._no_58_parecer_pl_auxilio_emergencial-1.pdf</t>
   </si>
   <si>
     <t>Solicitando parecer Jurídico desta casa referente a constitucionalidade da PL auxílio emergencial que consta em Tramitação na casa de Autoria da Vereadora Adriana Silva.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/173/requerimenro_no23.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/173/requerimenro_no23.pdf</t>
   </si>
   <si>
     <t>Solicitando realização de Audiência Pública para tratar sobre a retomada dos trabalhos do Istaleiro em São Roque (Maragojipe)</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/189/mocao_de_aplausos__rede_bahia.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/189/mocao_de_aplausos__rede_bahia.pdf</t>
   </si>
   <si>
     <t>Moção Aplausos e Congratulações á equipe de Jornalismo da Rede Bahia.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Moção de APLAUSOS E CONGRATIZAÇÕES pela celebração do dia da Capoeira em 03 de agosto do corrente.</t>
   </si>
   <si>
     <t>Moção de APLAUSOS E CONGRATIZAÇÕES pelos festejos da Festa de Nossa Senhora da Boa Morte.</t>
   </si>
   <si>
     <t>Moção de Aplausos pela passagem do centenário do Cine Teatro Cachoeirano</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_43.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_43.2023.pdf</t>
   </si>
   <si>
     <t>Congratulações e Aplausos ao Senhor Marcelo Oliveira Silva, Comandante da Guarda Municipal de Salvador.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Congratulações e Aplausos a Santa Casa de Misericórdia de São Félix pelos cem anos de existência</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Congratulações e Aplausos ao comandante da Guarda de Salvador Marcelo Oliveira Silva</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Aplausos e Congratulações a senhora Georgina Gonçalves dos santos pela posse como nova Reitora da UFRB</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Aplausos e Congratulações a senhora Ângela Guimarães, Secretária de Reparação e Igualdade racial e dos povos Indígenas - SEPROMI pelo lançamento na cidade de Cachoeira da caravana em educação dos direitos dos povos de terreiro da Bahia</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/153/mocao-51.2023-assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/153/mocao-51.2023-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de “APLAUSOS e_x000D_
 CONGRATULAÇÕES” pelos 44 anos do Instituto Adventista de_x000D_
 Ensino do Nordeste (IAENE).</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_de_aplausos_eliana_alves.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_de_aplausos_eliana_alves.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso  e congratulações para a Senhora Eliana Alves Cruz é escritora,_x000D_
 roteirista e jornalista pós-graduada em comunicação empresarial.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Congratulações e Aplausos a Fundação Hansen Bahia, pela realização da 11ª EdIção da FLICA</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Aplausos e Congratulações a CALI CACHOEIRA LITERÁRIA pela organização da 11ª Edição da FLICA</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/172/mocao_senhora_simone_mascarenhas-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/172/mocao_senhora_simone_mascarenhas-1.pdf</t>
   </si>
   <si>
     <t>Referente ao Lançamento do Livro na Festa Literária Flica . _x000D_
 " Violência Contra a Mulher não!_x000D_
 CORAGEM PARA ENFRENTAR _x000D_
 CONHECIMENTO PARA REINVIDICAR.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Aplausos e Congratulações ao Desembargador Presidente Nilson Soares Castelo Branco, pela reforma do Fórum Augusto Teixeira de Freitas, município de Cachoeira - Bahia</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Aplausos e Congratulações ao Desembargador Edmilson Jatahy Fonseca Junior, Corregedor das comarcas do interior pela reforma do Fórum Teixeira de Freitas.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Aplausos e Congratulações ao Excelentíssimo Juiz Diretor do Fórum de Cachoeira José Ayres, pela reforma do Fórum Augusto Teixeira de Freitas</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_aplausos__56.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_aplausos__56.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRADULAÇÕES E APLAUSOS  A ILUSTRÍSSIMA SENHORA ESCRITORA SIMONE  MASCARENHAS FERRAZ PELO LANÇAMENTO DO LIVRO;</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Reforma total da casa de farinha do Povoado da Laranjeira</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Solicito Espaço para o Grupo Raizes do Ebano</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Solicita construir 03 Box como instrumento de trabalho para lavador de fato profissionais autônomo da comunidade dos Três Riachos</t>
   </si>
@@ -1279,1541 +1279,1541 @@
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Solicitando umentar o número de fichas de atendimento médio do PSF da Rua da Feira</t>
   </si>
   <si>
     <t>Solicitando pavimentação em paralepípado na Rua em frente a Igreja Assembleia de Deus na Murutuba</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>solicitando Calçamento na comunidade do Tupin Rua de Neca do Licor até as ultimas residencias</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Solicita termino do Calçamento na comunidade do Ponto Certo</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/80/ind_137_sapl.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/80/ind_137_sapl.pdf</t>
   </si>
   <si>
     <t>Solicita Requalificação das calçadas das ruas do município de Cachoeira</t>
   </si>
   <si>
     <t>SOLICITA REQUALIFICAÇÃO DA PRAÇA NOVA ESPERANÇA, JUNTO A AMPLIAÇÃO DO PARQUINHO PARA CRIANÇAS.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_-_reforma_da_represa_2023_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_-_reforma_da_represa_2023_assinado.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente a Prefeita Srª. Eliana Gonzaga, no sentido da mesma efetuar reforma da Represa da Comunidade da Opalma com a construção de dois Quiosques.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_-_praca_da_opalma_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_-_praca_da_opalma_assinado.pdf</t>
   </si>
   <si>
     <t>APrefeita Srª. Eliana Gonzaga, no sentido da mesmo efetuar reforma da praça Humberto de Jesus na comunidade da Opalma com a devida modernização dos equipamentos contidos e instalação de um parque infantil.</t>
   </si>
   <si>
     <t>Solicita  reforma do prédio da associação do alecrim para que o espaço volte a ser utilizado pela comunidade, com por exemplo aulas de Zumba, festa de aniversário,  reunião da associação, e entre outros  eventos da  comunidade.</t>
   </si>
   <si>
     <t>FLORISVALDO DA C DE JESUS</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_145.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_145.2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a Requalificação da Praça de Dino, no distrito de Santiago do Iguape.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_146.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_146.2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um Parque Infantil próximo a Escola Rural Paulo Rangel no distrito de Santiago do Iguape.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_147.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_147.2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma ponte que liga a Praça Geraldo Simões á Rua São Félix, distrito de Santiago do Iguape.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_148.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_148.2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação de trezentos e trinta metros da via próximo a BA, que liga sítio cajueiro á Praça São Félix,  distrito de Santiago do Iguape.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_149.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_149.2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a prefeita caixas coletoras de lixo para os distritos de Santiago do Iguape e São Francisco do Paraguaçu</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/159/preposicoes.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/159/preposicoes.docx</t>
   </si>
   <si>
     <t>•Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a prefeita sra. Eliana Gonzaga no sentido de realizar a construção de ponto de ônibus nas comunidades da Bacia e Vale do Iguape</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes.docx</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a prefeita sra. Eliana Gonzaga no sentido de realizar vistorias e reformas necessárias nos Postos de Saúde das comunidades quilombolas da Bacia e Vale do Iguape.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_psf_alecrim.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_psf_alecrim.pdf</t>
   </si>
   <si>
     <t>No sentido de adotar providencias para realizar a restauração do PSF da Comunidade do Alecrim.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Construção de uma escola na região da Murutuba para 250 alunos, atendendo a região nos seguimentos anos iniciais e anos finais</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Construção de uma creche Escola na região da Murutuba para atender crianças de 2 a 5 anos</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes_camara_municipal_da_cachoeira.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes_camara_municipal_da_cachoeira.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a Prefeita Sra. Eliana Gonzaga no sentido de inserir 2 quebra-molas na Praça de São Francisco do Paraguaçu. (Nos respectivos lugares, 1 em frente a casa de Almir Neto e em frente a casa de José Nélio).</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes_camara_municipal_da_cachoeira_quadra.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes_camara_municipal_da_cachoeira_quadra.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a Prefeita Sra. Eliana Gonzaga no sentido de requalificar a quadra da Creche Escola Tia Angélica, na localidade do São Francisco do Paraguaçu.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Solicitando a Prefeita Eliana Gonzaga de Jesus carro pipa durante o terno da alvorada, Festa Nossa Senhora d'Ajuda</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Solicitando a Prefeita Eliana Gonzaga de Jesus, colocação de banheiros químicos no circuito Terno da Alvorada( Festa de Nossa Senhora d'Ajuda.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Solicitando a prefeita a Requalificação da Praça Barão do Rio Branco, em frente ao Fórum Teixeira de Freitas</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_160.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_160.2023.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja oficiada a Senhora Prefeita Eliana Gonzaga de Jesus, para que se realize a abertura da conta do FUNDO MUNICIPAL DE CULTURA, conforme Lei 1.000/2014 aprovada nesta Casa Legislativa</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/191/emenda_impositiva_cachoeira_alto_do_camelo_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/191/emenda_impositiva_cachoeira_alto_do_camelo_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 03/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 SEGURIDADE SOCIAL_x000D_
 SAUDE_x000D_
 ÓRGÃO_x000D_
 ATENÇÃO BASICA_x000D_
 SECRETARIA_x000D_
 SAUDE_x000D_
 ASSUNTO_x000D_
 AQUISEIÇÃO DE EQUIPAMENTOS_x000D_
 COMPLEMENTO_x000D_
 Climatização das sala do médico no posto de saúde._x000D_
 POSTO SATELITE DA COMUNIDADE DO ALTO DO CAMELO / COBI_x000D_
 VALOR_x000D_
 3.000,00</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/188/emenda_laelson_01-2023_cachoeira_-_assinada_ok1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/188/emenda_laelson_01-2023_cachoeira_-_assinada_ok1.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 01/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO SEGURIDADE SOCIAL SAUDE_x000D_
 ÓRGÃO ATENÇÃO BASICA_x000D_
 SECRETARIA SAUDE_x000D_
 ASSUNTO AQUISEIÇÃO DE_x000D_
 EQUIPAMENTOS_x000D_
 COMPLEMENTO Climatização das salas:_x000D_
 Reunião, Farmácia e_x000D_
 compra de TV para sala de_x000D_
 espera e aumento no_x000D_
 Reservatório de água +_x000D_
 compra de Autoclave +_x000D_
 Bebedouro de Água_x000D_
 Industrial 25 Litros._x000D_
 PSF Marciana Andrade do Carmo_x000D_
 na Comunidade da Opalma._x000D_
 VALOR 20.000,00_x000D_
 PROJETO/AÇÃO ANULADO SAUDE_x000D_
 PROJETO/ATIVIDADE 10.301.009.1.004 - CONSTRUÇÃO, AMPLIAÇÃO_x000D_
 E REFORMA DE UNIDADES DE SAÚDE_x000D_
 SECRETARIA PROVISÃO DE RECURSOS PARA EMENDA_x000D_
 PARLAMENTAR_x000D_
 VALOR 20.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO SAUDE_x000D_
 PROJETO/ATIVIDADE_x000D_
 PARLAMENTAR_x000D_
 10.301.009.1.004 - CONSTRUÇÃO, AMPLIAÇÃO E_x000D_
 REFORMA DE UNIDADES DE SA</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/214/emenda_n02_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/214/emenda_n02_laelson.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 SECRETARIA DE OBRAS_x000D_
 ÓRGÃO_x000D_
 SECRETARIA DE OBRAS_x000D_
 SECRETARIA_x000D_
 Obras_x000D_
 ASSUNTO_x000D_
 REFORMA DA_x000D_
 REPRESA DA_x000D_
 OPALMA_x000D_
 COMPLEMENTO_x000D_
 Requalificação da Represa na comunidade da Opalma no rio Acutinga._x000D_
 Requalificação da Represa_x000D_
 VALOR_x000D_
 17.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 SECRETARIA DE OBRAS_x000D_
 PROJETO/ATIVIDADE_x000D_
 15.451.007.2.068 - GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 17.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 Secretaria de Obras_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 15.451.007.2.068 - GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
 SECRETARIA_x000D_
 Secretaria de Obras_x000D_
 VALOR_x000D_
 17.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Comunidade da Opalma – Engenho da Cruz_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/200/emenda_3_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/200/emenda_3_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria_x000D_
 do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual_x000D_
 do Município de Cachoeira para o exercício financeiro de 2024 e determina outras_x000D_
 providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO SEGURIDADE SOCIAL SAUDE_x000D_
 ÓRGÃO ATENÇÃO BASICA_x000D_
 SECRETARIA SAUDE_x000D_
 ASSUNTO AQUISEIÇÃO DE_x000D_
 EQUIPAMENTOS_x000D_
 COMPLEMENTO Aquisição de Um_x000D_
 Armário de_x000D_
 Arquivo + 1 Mesa_x000D_
 para Sala de_x000D_
 Enfermaria._x000D_
 POSTO SATELITE DA_x000D_
 COMUNIDADE DO ALTO DO_x000D_
 CAMELO / COBI_x000D_
 VALOR 1.000,00_x000D_
 PROJETO/AÇÃO ANULADO SAUDE_x000D_
 PROJETO/ATIVIDADE 10.301.009.1.004 - CONSTRUÇÃO,_x000D_
 AMPLIAÇÃO E REFORMA DE UNIDADES DE_x000D_
 SAÚDE_x000D_
 SECRETARIA PROVISÃO DE RECURSOS PARA EMENDA_x000D_
 PARLAMENTAR_x000D_
 VALOR 1.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO SAUDE_x000D_
 PROJETO/ATIVIDADE_x000D_
 PARLAMENTAR_x000D_
 10.301.009.1.004 - CONSTRUÇÃO, AMPLIAÇÃO E_x000D_
 REFORMA DE UNIDADES DE SAÚDE_x000D_
 SECRETARIA SAUDE_x000D_
 VALOR 1.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 ALTO DO CAMELO \ COBI_x000D_
 FONTE ORDINÁRIA</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>MAMEDE DAYUBE</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/219/emenda_04.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/219/emenda_04.pdf</t>
   </si>
   <si>
     <t>EMENDANº 0/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa doOrçamentoAnualdoMunicípio deCachoeiraparaoexercíciofinanceirode2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO	SEGURIDADE   SOCIAL	SAÚDE_x000D_
 ÓRGÃO	_x000D_
 ATENÇÃO  BÁSICA 	_x000D_
 SECRETARIA	_x000D_
 SECRETARIA MUNICIPAL DE SAÚDE DA 	_x000D_
 ASSUNTO	Serviços de exames de tomografia computadorizada e consultas com Neuropediatra._x000D_
 COMPLEMENTO		_x000D_
 VALOR	 R$ 19.540,77( dezenove mil quinhentos e quarenta reais e setenta e sete centavos 	_x000D_
 PROJETO/ AÇÃO  ANULADA	Saúde _x000D_
 PROJETO/ATIVIDADE	3.1.9.04.00.00 – Contratação por Tempo Determinado _x000D_
 SECRETARIA  MUNICIPAL 	_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR  _x000D_
 VALOR	R$ 19.540,77( dezenove mil quinhentos e quarenta reais e setenta e sete centavos_x000D_
 PROJETO/AÇÃO REFORÇADO A SAÚDE	3.1.9.04.00.00 – Contratação por Tempo Determinado_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR	PROVISÃO DE RECURSOS PARA EMENDA_x000D_
 PARLAMENTAR_x000D_
 SECRETARIA	Secretaria Municipal de saúde _x000D_
 VALOR	R$ 19.540,77( dezenove mil quinhentos e quarenta reais e setenta e sete centavos_x000D_
 DISTRITO/POVOADO/ LOCALIDADE	 Beneficio dos Municipes _x000D_
 FONTE	ORDINÁRIA</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/210/emenda_5_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/210/emenda_5_laelson.pdf</t>
   </si>
   <si>
     <t>Execução do campeonato Quilombola do Vale do Iguape com execução do CEVIC_x000D_
 Samba de Roda comunidade do Engenho Novo_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 ESPORTES_x000D_
 PROJETO/ATIVIDADE_x000D_
 27.812.005.2.041 - GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 ESPORTE_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 27.812.005.2.041 - GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 SECRETARIA_x000D_
 ESPORTE_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 COMUNIDADES QUILOMBOLA DO VALE DO IGUAPE COM CERTIFICAÇÃO DA FUNDAÇÃO PALMARES_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/196/emenda_n_06.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/196/emenda_n_06.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 6 _x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO FISCAL / SEGURIDADE SOCIAL_x000D_
 ÓRGÃO PREFEITURA MUNICIPAL DE CACHOEIRA_x000D_
 SECRETARIA SECRETARIA DE CULTURA E TURISMO_x000D_
 ASSUNTO AÇÃO CULTURAL CONJUNTA_x000D_
 COMPLEMENTO FOMENTO CULTURAL -TODOS OS GRUPOS DE_x000D_
 CAPOEIRA DO MUNICÍPIO._x000D_
 PRESERVAÇÃO_x000D_
 VALORIZAÇÃO_x000D_
 ARTE_x000D_
 EVENTOS_x000D_
 INSTRUMENTOS/FARDAMENTOS_x000D_
 MUSICALIDADE_x000D_
 VALOR R$ 34.540.000,00_x000D_
 _x000D_
 Emenda Relacionada a Cultura</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/197/emenda_n_7.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/197/emenda_n_7.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 07_x000D_
 _x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO FISCAL / SEGURIDADE SOCIAL_x000D_
 ÓRGÃO PREFEITURA MUNICIPAL DA CACHOEIRA_x000D_
 SECRETARIA SECRETARIA DE PROMOÇÃO E IGUALDADE RACIAL_x000D_
 ASSUNTO COMBATE AO RACISMO,DISCRIMINAÇÃO E_x000D_
 INTOLERÂNCIA RELIGIOSA_x000D_
 COMPLEMENTO ENFRENTAMENTO_x000D_
 PROTAGONISMO_x000D_
 CAMPANHA EDUCATIVA_x000D_
 VALOR R$ 15.000,00_x000D_
 _x000D_
 Emenda Reparação</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/198/emenda_n_08.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/198/emenda_n_08.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 08_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO FISCAL /_x000D_
 SEGURIDADE SOCIAL_x000D_
 SAÚDE_x000D_
 ÓRGÃO FUNDO MUNICIPAL_x000D_
 DE SAÚDE – GESTÃO_x000D_
 DO BLOCO DE_x000D_
 ATENÇÃO BÁSICA_x000D_
 SECRETARIA SECRETARIA_x000D_
 MUNICIPAL DE_x000D_
 SAÚDE_x000D_
 ASSUNTO TRATAMENTO DA_x000D_
 ANEMIA_x000D_
 FALCIFORME E_x000D_
 CÂNCER DE MAMA_x000D_
 COMUNIDADES QUILOMBOLAS_x000D_
 MUNICÍPIO DE CACHOEIRA_x000D_
 COMPLEMENTO_x000D_
 VALOR R$ 29.540,00_x000D_
 _x000D_
 Emenda para Saúde</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/199/emenda_n_09.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/199/emenda_n_09.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 09_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO FISCAL / SEGURIDADE SOCIAL_x000D_
 ÓRGÃO FUNDO MUNICIPAL DE SAÚDE – GERENCIAMENTO DAS_x000D_
 AÇÕES DO FUNDO MUNICIPAL DE SAÚDE_x000D_
 SECRETARIA SECRETARIA MUNICIPAL DE SAÚDE_x000D_
 ASSUNTO AQUISIÇÃO DE MEDICAMENTOS_x000D_
 COMPLEMENTO COMPRA DE MEDICAMENTOS BÁSICOS_x000D_
 VALOR R$ 20.000,00</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/209/emenda_modificativa__ao_projeto_de_lei_no_29.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/209/emenda_modificativa__ao_projeto_de_lei_no_29.2023.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº. 10/2023_x000D_
 _x000D_
 Emenda Modificativa ao Projeto de Lei nº 29/2023 – Estima a receita e fixa a_x000D_
 despesa do Orçamento Anual do Município de Cachoeira para o exercício_x000D_
 financeiro de 2024, e determina outras providências._x000D_
 _x000D_
 Cod. 10.301.009.1004_x000D_
 50% - Ampliação da Unidade de Pronto atendimento (UPA) – R$ 49.540,977_x000D_
 Cod. 27.812.005-1011/ 3.39.0.30.00.00_x000D_
 20% - Materiais Esportivo para a comunidade - R$ 9.908,15._x000D_
 Cod. 15.451.007.20.69_x000D_
 30% - Construção de uma Praça e Parque Infantil na comunidade Quilombola_x000D_
 Calembá, município de Cacheira – Bahia – R$ 14.862,23.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/211/emenda_n11_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/211/emenda_n11_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 CULTURA_x000D_
 ÓRGÃO_x000D_
 CULTURA_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 ASSUNTO_x000D_
 AQUISEIÇÃO DE EQUIPAMENTOS_x000D_
 COMPLEMENTO_x000D_
 Festa Louvor a Nossa Senhora do Bom Parto na Comunidade da Opalma._x000D_
 Festa Louvor a Nossa Senhora do Bom Parto_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Festa em Louvor a Nossa Senhora do Bom Parto - Opalma_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/202/emenda_no_012_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/202/emenda_no_012_2023.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências._x000D_
 _x000D_
 Campanha de conscientização sobre a doença falciforme nas comunidades quilombolas._x000D_
 _x000D_
 R$ 49.540,77 (quarenta e nove mil quinhentos e quarenta reais e setenta e sete centavos)</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/201/emenda_no_013_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/201/emenda_no_013_2023.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências._x000D_
 _x000D_
 _x000D_
 APOIO A AGRICULTURA FAMILIAR ATRAVÉS DA APICULTURA POR MEIO DA ASSOCIAÇÃO DE APICULTORES DO RECÔNCAVO. _x000D_
 COM O OBJETIVO DE PRODUZIR MEL, PRÓPOLIS, GELEIA REAL, PÓLEN E CERA DE ABELHA._x000D_
 _x000D_
 R$ 15.000,00 (quinze mil reais)</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/203/emenda_14.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/203/emenda_14.2023.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências._x000D_
 _x000D_
 _x000D_
 APOIO AO FESTIVAL DANÇA CACHOEIRA CONFORME ART.237,§ 1°  2° e 3° DA LEI ORGÂNICA MUNICIPAL. _x000D_
 TEM COMO OBJETIVO FOMENTAR A DANÇA ATRAVÉS DO RECURSO ALOCADO NA SECRETARIA DE CULTURA E TURISMO PARA APOIO E AO “FESTIVAL DANÇA CACHOEIRA” DO GRUPO EX 13 DANÇA DE RUA.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/206/emenda_15.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/206/emenda_15.2023.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, _x000D_
 _x000D_
 _x000D_
 APOIO E FOMENTO A CULTURA CACHOEIRANA   CONFORME ART.237,§ 1°  2° e 3° DA LEI ORGÂNICA MUNICIPAL. _x000D_
 AQUISIÇÃO DE MATERIAL DE CONSUMO PARA FILARMONICA LYRA CECILIANA._x000D_
 _x000D_
 R$ 15.000,00 (quinze mil reais)</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/205/emenda_no_016_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/205/emenda_no_016_2023.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências._x000D_
 _x000D_
 FOMENTO A CULTURA  CONFORME ART.237,§ 1°  2° e 3° DA LEI ORGÂNICA MUNICIPAL. _x000D_
 AQUISIÇÃO DE MATERIAL DE CONSUMO PARA CASA DO SAMBA DE DONA DALVA_x000D_
 _x000D_
 R$ 5.000,00 (cinco mil reais)</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/204/emenda_17.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/204/emenda_17.2023.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências._x000D_
 _x000D_
 _x000D_
 FOMENTO E VALORIZAÇÃO DA CULTURA CONFORME ART.237,§ 1°  2° e 3° DA LEI ORGÂNICA MUNICIPAL. _x000D_
 AQUISIÇÃO DE MATERIAL DE CONSUMO PARA FUNDAÇÃO CASA PAULO DIAS ADORNO._x000D_
 _x000D_
 R$ 4.5400,00 (quatro mil quinhentos e quarenta reais)</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/212/emenda_n18_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/212/emenda_n18_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 CULTURA_x000D_
 ÓRGÃO_x000D_
 CULTURA_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 ASSUNTO_x000D_
 Festas Religiosas_x000D_
 COMPLEMENTO_x000D_
 Festa da Irmandade Nossa Senhora da Boa Morte._x000D_
 Boa Morte_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Festa da Irmandade Nossa Senhora da Boa Morte._x000D_
 Sede do municipio_x000D_
 FONTE_x000D_
 ORDINÁRIA_x000D_
 JUSTIFICATIVA:</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/207/emenda_n19_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/207/emenda_n19_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 SEGURIDADE SOCIAL_x000D_
 SAUDE_x000D_
 ÓRGÃO_x000D_
 ATENÇÃO BASICA_x000D_
 SECRETARIA_x000D_
 SAUDE_x000D_
 ASSUNTO_x000D_
 AQUISEIÇÃO DE EQUIPAMENTOS_x000D_
 COMPLEMENTO_x000D_
 Aquisição de Um Ar-condicionado para Sala da Enfermaria e outro para sala do Dentista_x000D_
 POSTO DE SAUDE DA COMUNIDADE DA MURUTUBA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 SAUDE_x000D_
 PROJETO/ATIVIDADE_x000D_
 10.301.009.1.004 - CONSTRUÇÃO,_x000D_
 AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 SAUDE_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 10.301.009.1.004 - CONSTRUÇÃO, AMPLIAÇÃO E_x000D_
 REFORMA DE UNIDADES DE SAÚDE_x000D_
 SECRETARIA_x000D_
 SAUDE_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Comunidade da Murutuba_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/208/emenda_n20_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/208/emenda_n20_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 SEGURIDADE SOCIAL_x000D_
 SAUDE_x000D_
 ÓRGÃO_x000D_
 ATENÇÃO BASICA_x000D_
 SECRETARIA_x000D_
 SAUDE_x000D_
 ASSUNTO_x000D_
 AQUISEIÇÃO DE EQUIPAMENTOS_x000D_
 COMPLEMENTO_x000D_
 Educação em Saúde Bucal atendendo as Escolas General Alfredo Americo e creche Escola Antonio de Cristo_x000D_
 POSTO DE SAUDE DA Comunidade da Opalma_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 SAUDE_x000D_
 PROJETO/ATIVIDADE_x000D_
 10.301.009.2.048 - GERENCIAMENTO DO PROGRAMA SAÚDE DA FAMÍLIA - PSF_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 SAUDE_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 10.301.009.2.048 - GERENCIAMENTO DO PROGRAMA SAÚDE DA FAMÍLIA - PSF_x000D_
 SECRETARIA_x000D_
 SAUDE_x000D_
 VALOR_x000D_
 10.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Comunidade da Opalma / Engenho Novo_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/215/emenda_21_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/215/emenda_21_laelson.pdf</t>
   </si>
   <si>
     <t>ORÇAMENTO_x000D_
 FISCAL_x000D_
 SECRETARIA DE OBRAS_x000D_
 ÓRGÃO_x000D_
 SECRETARIA DE OBRAS_x000D_
 SECRETARIA_x000D_
 Obras_x000D_
 ASSUNTO_x000D_
 Campo de Futebol do Kalembar_x000D_
 COMPLEMENTO_x000D_
 Requalificação do campo de Futebol da Comunidade do Kalembar com Fornecimento de Traves_x000D_
 Requalificação do campo de Futebol do Kalembar._x000D_
 VALOR_x000D_
 2.540,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 E SECRETARIA DE OBRAS_x000D_
 PROJETO/ATIVIDADE_x000D_
 15.451.007.2.068 - GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 2.540,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 SECRETARIA DE OBRAS_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 15.451.007.2.068 - GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
 SECRETARIA_x000D_
 SECRETARIA DE OBRAS_x000D_
 VALOR_x000D_
 2.540,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Comunidade do Kalembar_x000D_
 FONTE_x000D_
 ORDINÁRIA_x000D_
 JUSTIFICATIVA:</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/221/emenda_no_022_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/221/emenda_no_022_2023.docx</t>
   </si>
   <si>
     <t>EMENDA Nº 022/2023_x000D_
 _x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO	SEGURIDADE SOCIAL	ESPORTE E LAZER_x000D_
 ÓRGÃO	DESPORTIVA E LAZER 	_x000D_
 SECRETARIA 	SECRETARIA MUNICIPAL DE ESPORTE E LAZER	_x000D_
 _x000D_
 ASSUNTO	_x000D_
 REQUALIFICAÇÃO DA QUADRA POLIESPORTIVA NA COMUNIDADE DO SÃO FRANCISCO DO PARAGUAÇU.	_x000D_
 _x000D_
 COMPLEMENTO		_x000D_
 _x000D_
 VALOR R$ 	R$ R$ 19.770,38 (dezenove mil setecentos e setenta reais e trinta e oito centavos)	_x000D_
 PROJETO/AÇÃO ANULADA	ESPORTE E LAZER_x000D_
 PROJETO/ATIVIDADE 	3.3.9.0.30.00.00 – MATERIAL DE CONSUMO_x000D_
 SECRETARIA MUNICIPAL	PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR _x000D_
 _x000D_
 VALOR R$	R$ R$ 19.770,38 (dezenove mil setecentos e setenta reais e trinta e oito centavos)_x000D_
 _x000D_
 REQUALIFICAÇÃO DA QUADRA POLIESPORTIVA NA COMUNIDADE DO SÃO FRANCISCO DO PARAGUAÇU.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/222/emenda_no_023_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/222/emenda_no_023_2023.docx</t>
   </si>
   <si>
     <t>EMENDA Nº 023/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO	SEGURIDADE SOCIAL	EDUCAÇÃO_x000D_
 ÓRGÃO	UNIDADE EDUCACIONAL  	_x000D_
 SECRETARIA 	SECRETARIA MUNICIPAL DE EDUCAÇÃO	_x000D_
 _x000D_
 ASSUNTO	_x000D_
 REEQUALIFICAÇÃO DA  CRECHE ESCOLA TIA ANGELICA COMUNIDADE DO SÃO FRANCISCO DO PARAGUAÇU.	_x000D_
 _x000D_
 COMPLEMENTO	INSTALAÇÃO DO PARQUE INFANTIL	_x000D_
 _x000D_
 VALOR R$ 	R$ R$ 24.770,38 (vinte e quatro mil setecentos e setenta reais e trinta e oito centavos)	_x000D_
 _x000D_
 PROJETO/AÇÃO ANULADA	UNIDADE EDUCACIONAL - EDUCAÇÃO_x000D_
 PROJETO/ATIVIDADE 	12.361.003.1.002 – CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE REEQUIPAMENTO DE UNIDADE EDUCACIONAL DA CRECHE TIA ANGELICA NA COMUNIDADE DO SÃO FRANCISCO DO PAR_x000D_
 _x000D_
 REEQUALIFICAÇÃO DA  CRECHE ESCOLA TIA ANGELICA COMUNIDADE DO SÃO FRANCISCO DO PARAGUAÇU.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/223/emenda_no_024_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/223/emenda_no_024_2023.docx</t>
   </si>
   <si>
     <t>EMENDA Nº 024/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO	SEGURIDADE SOCIAL	EDUCAÇÃO_x000D_
 ÓRGÃO	UNIDADE EDUCACIONAL  	_x000D_
 SECRETARIA 	SECRETARIA MUNICIPAL DE EDUCAÇÃO	_x000D_
 ASSUNTO	_x000D_
 AQUISIÇÃO DE MATERIAIS PERMANENTE PARA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE 	_x000D_
 COMPLEMENTO	_x000D_
 01 – BEBEDEDOURO INDUSTRIAL._x000D_
 05 – VENTILADORES INDUSTRIAL GRANDE 110W	_x000D_
 VALOR R$ 	_x000D_
 R$ 5.000,00 (cinco mil reais)	_x000D_
 PROJETO/AÇÃO ANULADA	UNIDADE EDUCACIONAL - EDUCAÇÃO_x000D_
 PROJETO/ATIVIDADE 	4.4.9.0.52.00.00 Equipamentos e Material Permanente._x000D_
 SECRETARIA MUNICIPAL	PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR _x000D_
 VALOR R$	_x000D_
 R$ 5.000,00 (cinco mil reais)_x000D_
 AQUISIÇÃO DE MATERIAIS PERMANENTE PARA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/227/emenda_25_angelica.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/227/emenda_25_angelica.pdf</t>
   </si>
   <si>
     <t>Emenda referende a reforma da Sala de Farmácia _x000D_
  02 armários para sala de vacina _x000D_
  No posto de saúde Santos Estevão da comunidades quilombolas  de São Francisco do Paraguaçu  _x000D_
  valor de R$ 21.540,77</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/220/emenda_no_026_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/220/emenda_no_026_2023.docx</t>
   </si>
   <si>
     <t>EMENDA Nº 026/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO	SEGURIDADE SOCIAL	SAÚDE _x000D_
 ÓRGÃO	FUNDO MUNICIPAL DE SAÚDE   	_x000D_
 SECRETARIA 	SECRETARIA MUNICIPAL DE SAÚDE 	_x000D_
 _x000D_
 ASSUNTO	_x000D_
 AQUISIÇÃO DE MATERIAL PERMANENTE 	_x000D_
 POSTO DE SAÚDE ARISTIDES NOVIS DA COMUNIDADE DA RUA DA FEIRA._x000D_
 COMPLEMENTO	4.4.9.0.52.00.00 Equipamentos e Material Permanente	_x000D_
 VALOR R$ 	_x000D_
 R$ 28.000,00 (vinte e oito mil reais)	_x000D_
 _x000D_
 _x000D_
 _x000D_
 AQUISIÇÃO DE MATERIAL PERMANENTE POSTO DE SAÚDE ARISTIDES NOVIS DA COMUNIDADE DA RUA DA FEIRA.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/190/emenda_n27_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/190/emenda_n27_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 02/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação: _x000D_
 ORÇAMENTO	FISCAL	ESPORTES_x000D_
 ÓRGÃO_x000D_
 	ATENÇÃO BASICA	_x000D_
 SECRETARIA_x000D_
 	ESPORTES	_x000D_
 ASSUNTO_x000D_
 	REALIZAÇÃO DE CAMPEONATO QUILOMBOLA	_x000D_
 COMPLEMENTO_x000D_
 	Realização do campeonato de Futebol Quilombola do Vale do IGUAPE através do conselho Quilombola /CEVIC	Realização no Vale do Iguape_x000D_
 VALOR_x000D_
 	5.000,00</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/216/emenda_n28_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/216/emenda_n28_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 CULTURA_x000D_
 ÓRGÃO_x000D_
 CULTURA_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 ASSUNTO_x000D_
 Equipamentos samba de roda_x000D_
 COMPLEMENTO_x000D_
 Modernização dos equipamentos do Samba de Roda do Engenho Novo._x000D_
 Samba de Roda comunidade do Engenho Novo_x000D_
 VALOR_x000D_
 2.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 2.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 VALOR_x000D_
 2.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Samba de Roda comunidade do Engenho Novo_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/217/emenda_n29_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/217/emenda_n29_laelson.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 CULTURA_x000D_
 ÓRGÃO_x000D_
 CULTURA_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 ASSUNTO_x000D_
 Equipamentos samba de roda_x000D_
 COMPLEMENTO_x000D_
 Aquisição de equipamentos para formação e fortalecimento do Samba de Roda na Comunidade da Opalma_x000D_
 Samba de Roda comunidade da Opalma_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Aquisição de equipamentos para formação e fortalecimento do Samba de Roda na Comunidade da Opalma_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/218/emenda_n_30.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/218/emenda_n_30.pdf</t>
   </si>
   <si>
     <t>EMENDANº 012/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa doOrçamentoAnualdoMunicípio deCachoeiraparaoexercíciofinanceirode2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO	SEGURIDADE   SOCIAL	SAÚDE_x000D_
 ÓRGÃO	_x000D_
 ATENÇÃO  BÁSICA 	_x000D_
 SECRETARIA	_x000D_
 SECRETARIA MUNICIPAL DE SAÚDE DA 	_x000D_
 ASSUNTO	Aquisição de automóvel  para a Vigilância Epidemiológica._x000D_
 _x000D_
 COMPLEMENTO		_x000D_
 VALOR	 R$ 80.000,00 ( oitenta mil reais )	_x000D_
 _x000D_
 PROJETO/ AÇÃO  ANULADA	Saúde _x000D_
 PROJETO/ATIVIDADE	3.1.9.04.00.00 – Contratação por Tempo Determinado _x000D_
 SECRETARIA  MUNICIPAL 	_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR  _x000D_
 VALOR	R$ 80.000,00  (oitenta mil)_x000D_
 _x000D_
 PROJETO/AÇÃO REFORÇADO A SAÚDE	3.1.9.04.00.00 – Contratação por Tempo Determinado_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR	PROVISÃO DE RECURSOS PARA EMENDA_x000D_
 PARLAMENTAR_x000D_
 _x000D_
 SECRETARIA	Secretaria Municipal de saúde _x000D_
 VALOR	R$ 80.000,00  (oitenta mil)_x000D_
 _x000D_
 DISTRITO/POVOADO/ LOCALIDADE	 Para atender toda comunidade Cachoeirana _x000D_
 FONTE	ORDINÁRIA</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/213/emenda_n31_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/213/emenda_n31_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº /2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ORÇAMENTO_x000D_
 FISCAL_x000D_
 CULTURA_x000D_
 ÓRGÃO_x000D_
 CULTURA_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 ASSUNTO_x000D_
 AQUISEIÇÃO DE EQUIPAMENTOS_x000D_
 COMPLEMENTO_x000D_
 Festa da Ostra que é Patrimônio cultural e imaterial do Município - junto ao CEVIC_x000D_
 FESTA DA OSTRA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO ANULADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 PROVISÃO DE RECURSOS PARA EMENDA PARLAMENTAR_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 PROJETO/AÇÃO REFORÇADO_x000D_
 CULTURA_x000D_
 PROJETO/ATIVIDADE PARLAMENTAR_x000D_
 13.392.010.2.035_x000D_
 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 SECRETARIA_x000D_
 CULTURA_x000D_
 VALOR_x000D_
 5.000,00_x000D_
 DISTRITO / POVOADO /_x000D_
 LOCALIDADE_x000D_
 Festa da Ostra que é Patrimônio cultural e imaterial do Município - junto ao CEVIC_x000D_
 FONTE_x000D_
 ORDINÁRIA</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/235/emenda_32_isnaldo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/235/emenda_32_isnaldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões do fundo Municipal de Saúde.  Secretaria de Saúde (Concientização  sobre o autismo durante  o ano com ações  de atendimento   ao Autista  e aos seus familiares._x000D_
 Consulta  com Neuropediatra , alem de acompanhamento com multiprofissionais da saúde regularmente.)_x000D_
 Valor R$ 35.000,00 ( tinta e cinco mil reais)</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/236/emenda_33_isnaldo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/236/emenda_33_isnaldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões do fundo Municipal de Saúde.  Secretaria de Saúde (Aquisição de veículo, tipo moto, para deslocamento  e suporte aos agentes  de saúde) Atender a necessidades dos agentes de saúde_x000D_
 Valor R$ 14.540,77 ( quatorze mil e quinhentos e quarenta reais e setenta e sete centavos)</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/237/emenda_34.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/237/emenda_34.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 34/2023_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa doOrçamentoAnualdoMunicípio deCachoeiraparaoexercíciofinanceirode2024 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 ORÇAMENTO	SEGURIDADE SOCIAL 	Saúde_x000D_
 ÓRGÃO	ATENÇÃO BASICA	_x000D_
 SECRETARIA	SAÚDE	_x000D_
 ASSUNTO	AQUISIÇAO DE EQUIPAMENTO	_x000D_
 COMPLEMENTO	Climatização das sala de estabilização com AR condicionado de 24.000 Btus + um AUTOCLAVE + um fogão	Unidade de Emergencia do distrito Santiago do Iguape _x000D_
 VALOR	10.000,00</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/228/emenda_35_paulinho.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/228/emenda_35_paulinho.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões  do departamento do meio ambiente   com a construção de conteção tipo encosta na localidade do Caquende  e faceira. _x000D_
 Valor R$ 25.000,00  (VINTE E CINCO  MIL REAIS)</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/229/emenda_36_paulinho.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/229/emenda_36_paulinho.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões  da Secretaria  Municipal de Cultura e Turismo   com Formento a cultura conforme  Art. 237, § 1° 2° e 3° da Lei Orgânica Municipal . ( Atrações Músicais da festa de Judas do Bairro do Caquende )_x000D_
 Valor R$ 7.000,00  (sete mil reais)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/230/emenda_37_paulinho.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/230/emenda_37_paulinho.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões  de Requalificacão do Campo  Espotivo ( Secretaria de Esportes ._x000D_
 Requalificação  do campo do Rio do Corte  IMPLANTAÇÃO DE ALAMBRADO _x000D_
 Valor R$ 18.540,00</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/233/emenda_38_dr_dias.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/233/emenda_38_dr_dias.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, Atenção Básica  destinada acões  da secretaria de Saúde _x000D_
 Exames Médicos de Combate ao Cancer de mama ( Exames de Mamográfia )_x000D_
 Valor R$ 49.540,77</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/232/emenda_39_dr_dias.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/232/emenda_39_dr_dias.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões  da secretaria de Saúde _x000D_
 Exames Médicos de Combate ao Cancer de Prostata ( análise do PSA. Este consiste numa coleta sanguínea específica.  Toque Retal, Biópsia Prostática... Ressonância Multiparamétrica da prostata.... PET, PET-CT E PET-PSMA, Fluxometria Urinaria  entre outros._x000D_
 Valor R$ 49.540,77</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/234/emenda_positiva_50_cristiano.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/234/emenda_positiva_50_cristiano.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023, destinada acões  50% aplicar no psto de saúde. _x000D_
 Valor R$ 49.540,77 Murutuba , Piguela, Saco, Tipiri, Tupim, Ladeira Padre Inácio ._x000D_
 _x000D_
 30.000,00 aplicar- se o recurso na Secretaria de Obras e Meio Ambiente base  de agua  de seis metros e a compra de um tanque de 20 mil litros de água, povoado do alto do camelo._x000D_
 _x000D_
 10.000,00 aplicar- se o recurso na Secretaria de Obras e Meio Ambiente na Construção de uma ponte que liga a comunidade Laranjeira- Pinguela _x000D_
 _x000D_
 9.000,00  aplicar- se o valor Secretaria de Cultura para o eventos Culturais no Povoado da Murutuba</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/231/emenda_52.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/231/emenda_52.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa  referente  ao Projeto de Lei  nº 29, de 27 de setembro de 2023,  acões destinada a Secretaria de Saúde   Exames médicos ( Exames de Utrasons  _x000D_
 Valor R$ 49.54,77</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>Falecimento do Senhor Noca - irmão Maçon e Taxista</t>
   </si>
   <si>
     <t>pesar pelo falecimento do Jovem João Vanderlei de Freitas Neto</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhor Jandira Garcia Costa</t>
   </si>
   <si>
     <t>Pesar pelo falecimento do jornalista Senhor Raimundo varela, de autoria do vereador</t>
   </si>
   <si>
     <t>Pesar pelo falecimento do Doutor Clodomir Soares</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/157/mocao_lucio_nery_viana_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/157/mocao_lucio_nery_viana_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem, na forma Regimental, inserir na Ata dos trabalhos da Câmara Municipal da Cachoeira, Estado da Bahia, MOÇÃO DE PESAR pelo falecimento do Sr. Lucio Nery Viana ocorrido no último dia 14 de Outubro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_carlito_cardoso_da_silva_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_carlito_cardoso_da_silva_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem, na forma Regimental, inserir na Ata dos trabalhos da Câmara Municipal da Cachoeira, Estado da Bahia, MOÇÃO DE PESAR pelo falecimento do Sr. Carlito Cardoso da Silva ocorrido no último dia 13 de Outubro de 2023._x000D_
 Dê-se conhecimento a toda família.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/177/mocao_de_pesar_57.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/177/mocao_de_pesar_57.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA RISOLETA SIMÕES;</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/239/mocao_62.2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/239/mocao_62.2023.docx</t>
   </si>
   <si>
     <t>Pesar pelo falecimento do Sr. Carlos Alberto Cavalcante Monteiro</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/240/mocao_63.2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/240/mocao_63.2023.docx</t>
   </si>
   <si>
     <t>Pesar pelo falecimento do eis Deputado Federal Luis Alberto</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>MOÇÃO DE REPUDIO</t>
   </si>
   <si>
     <t>Repúdio a fábrica de celulose grupo Penha pela invasão e desrespeito as tradições de Matriz Africana no terreiro Icimimó pela invasão as terras sagradas</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/195/emenda__suplementacao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/195/emenda__suplementacao.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 04_x000D_
 _x000D_
 Emenda Modificativa ao Projeto de Lei nº 29, de 27 de setembro de 2023, de_x000D_
 autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do_x000D_
 Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2024_x000D_
 e determina outras providências”, no qual passará a constar seguinte redação:_x000D_
 ONDE SE LÊ: 1OO% , NO ARTIGO 5º, C ._x000D_
 LEIA - SE : 20%, NO ARTIGO 5º, C ._x000D_
 Sala das Sessões, 29 novembro de 2023_x000D_
 _x000D_
 EMENDA DE SUPLEMENTAÇÃO</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/224/modificativa_credito_suplementar.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/224/modificativa_credito_suplementar.docx</t>
   </si>
   <si>
     <t>Modificativa 001/2023 ao Projeto de Lei Orçamentária Anual _x000D_
 _x000D_
 Ao Projeto de Lei nº 029/2023 de Emenda ao Projeto de Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/225/modificativa_003_2023.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/225/modificativa_003_2023.docx</t>
   </si>
   <si>
     <t>Modificativa 003/2023 ao Projeto de Lei Orçamentária Anual_x000D_
 _x000D_
 Ao Projeto de Lei nº 029/2023 de Emenda ao Projeto de Lei Orçamentária Anual. _x000D_
 Súmula: altera o valor da unidade 13.392.010.2035._x000D_
 _x000D_
 _x000D_
 Altera o valor da unidade 13.392.010.2035, que se detalha o recurso municipal para PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS sob código de despesa 3.3.9.0.39.00.00 onde se orça o valor de R$ 6.000.000,00 (seis milhões de reais), no quadro de detalhamento da Secretaria Municipal de Cultura e Turismo, passe a vigorar a seguinte redação: _x000D_
 _x000D_
 3.3.9.0.39.00.00 – outros Serviços Terceiros Pessoa Jurídica  – R$ 5.500.000,00 sendo 500.000,00 alocado no Fundo Municipal de Cultura – F.M.C, para fomentar a cultura cachoeira através de edital municipal.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/241/emenda_aditiva_001_laelson.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/241/emenda_aditiva_001_laelson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA 01/2023  ao PL29/2023 ( LOA 2024)_x000D_
 QUADRO DE DETALHAMENTO DA DESPESA (QDD) _x000D_
 Lei Orçamentária Anual de 2024_x000D_
 Unidade: 0601 - Sec. CULTURA E TURISMO._x000D_
 Código 13.392.010.2035 Promoção de Festas religiosas, Culturais, Cívicas e Tradicionais. (Total R$ 7.743.750,82)_x000D_
 Onde se ler:_x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica _x000D_
 R$ 6.000.000,00 _x000D_
 Leias-se: _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica _x000D_
 R$ 4.800.000,00_x000D_
 Inserindo as atividades; _x000D_
  Apoio a Festa de Nossa senhora do Bom Parto._x000D_
 R$ 100.000,00 ( Cem mil reais)_x000D_
 Apoio a Festa D'ajuda _x000D_
 R$ 100.000,00_x000D_
  Apoio a festa de Nossa senhora da Boa Morte._x000D_
 R$100,000,00_x000D_
   Apoio ao Festival da Ostra _x000D_
 R$100.000,00_x000D_
  Realização do Natal de São Francisco do Paraguaçu _x000D_
 R$100.000,00_x000D_
   Apoio a Festa dos Evangélicos._x000D_
 R$100.000,00_x000D_
   Apoio a Festa de Iemanjá _x000D_
 R$ 100.000,00_x000D_
   São Pedro de Santiago do IGUAPE _x000D_
 R$500.000,00_x000D_
  Totalizando $ 1.200.000,00 _x000D_
 Código 13.392.010.2035 Promoção de Festas religiosas, Culturais, Cívicas e Tradicionais. (Total R$ 7.743.750,82)_x000D_
 Laelson Luis Ferreira Bispo_x000D_
 Vereador autor PSB</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/242/emenda_aditiva_02.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/242/emenda_aditiva_02.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA 02/2023  ao PL29/2023 ( LOA 2024)_x000D_
 QUADRO DE DETALHAMENTO DA DESPESA (QDD) _x000D_
 Lei Orçamentária Anual de 2024_x000D_
 Unidade: 0701 - Sec. Esportes_x000D_
 Código 27.812.005.2.041 - Gestão das ações da secretaria de Esporte._x000D_
 R$ 1.266.322,99_x000D_
 Onde se ler:_x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 610.000,00 1500_x000D_
 Leias-se: _x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 430.000,00 1500 _x000D_
 Inserindo as atividades; _x000D_
 Apoio ao campeonato quilombola da Bahia do Iguape_x000D_
 R$ 30.000,00_x000D_
   Realização do Campeonato Rural._x000D_
 R$ 30.000,00_x000D_
 Apoio ao campeonato de Golzinho do Cucuí._x000D_
 R$15.000,00_x000D_
 Realização do Campeonato Municipal de Futsal._x000D_
 15.000,00_x000D_
  Realização da Corrida da Fogueira._x000D_
 R$30.000,00_x000D_
  Realização da Corrida da Cidade 13 de Março._x000D_
 R$ 30.000,00_x000D_
 Realização da Corrida da Independência 07 de setembro._x000D_
 R$30.000,00_x000D_
  TR$180.000,00</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Emenda Aditiva  ao PL29/2023( Loa2024)_x000D_
 -Apoio em ações de saúde e insumos ao Lar aconchego Casa dos Velhos de Cachoeira no valor de 100.000,00 ( cem mil reais )</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/299/emenda_aditiva_e_impositiva__03.2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/299/emenda_aditiva_e_impositiva__03.2023.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3117,68 +3117,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/16/projet._de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_lei_n._19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_n._20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/85/prj_lei_26.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/86/prj._lei_27.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_29.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_30.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_31.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_32.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_33.2023_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/122/pl34-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei_35.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_36.2023_jo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_dee_lei_37.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_40.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/129/p.l._41.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/130/p.l._42.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_51.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_29_de_270923_-_ploa_2024_pm_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/154/pl_25_imunidade_tribut.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei__64.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_-_minha_casa_minha_vida_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/182/pl_20_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/183/pl__zumbi_dos_palmares_3.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/187/conselho_municipal_de_seguranca_alimentar_e_nutricional_-_comsea.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_069.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_resolucao_30_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/102/titulo_de_cidadao_antonio_matheus_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_resolucao_40.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/114/projeto_de_resolucao_41.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/115/projeto_de_resolucao_43.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/116/projeto_de_resolucao_44.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/117/projeto_de_resolucao_45.2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/118/projeto_resolucao_46.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/166/ps._50._2023_rosemberg.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_51.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_52.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/255/ps_53-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n10.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_09_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_cpi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_-_instalacao_dos_correios_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_adriana.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_represa_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_embiara_de_cima_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/171/of._no_58_parecer_pl_auxilio_emergencial-1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/173/requerimenro_no23.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/189/mocao_de_aplausos__rede_bahia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_43.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/153/mocao-51.2023-assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_de_aplausos_eliana_alves.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/172/mocao_senhora_simone_mascarenhas-1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_aplausos__56.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/80/ind_137_sapl.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_-_reforma_da_represa_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_-_praca_da_opalma_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_145.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_146.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_147.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_148.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_149.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/159/preposicoes.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_psf_alecrim.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes_camara_municipal_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes_camara_municipal_da_cachoeira_quadra.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_160.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/191/emenda_impositiva_cachoeira_alto_do_camelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/188/emenda_laelson_01-2023_cachoeira_-_assinada_ok1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/214/emenda_n02_laelson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/200/emenda_3_laelson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/219/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/210/emenda_5_laelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/196/emenda_n_06.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/197/emenda_n_7.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/198/emenda_n_08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/199/emenda_n_09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/209/emenda_modificativa__ao_projeto_de_lei_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/211/emenda_n11_laelson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/202/emenda_no_012_2023.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/201/emenda_no_013_2023.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/203/emenda_14.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/206/emenda_15.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/205/emenda_no_016_2023.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/204/emenda_17.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/212/emenda_n18_laelson.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/207/emenda_n19_laelson.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/208/emenda_n20_laelson.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/215/emenda_21_laelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/221/emenda_no_022_2023.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/222/emenda_no_023_2023.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/223/emenda_no_024_2023.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/227/emenda_25_angelica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/220/emenda_no_026_2023.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/190/emenda_n27_laelson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/216/emenda_n28_laelson.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/217/emenda_n29_laelson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/218/emenda_n_30.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/213/emenda_n31_laelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/235/emenda_32_isnaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/236/emenda_33_isnaldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/237/emenda_34.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/228/emenda_35_paulinho.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/229/emenda_36_paulinho.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/230/emenda_37_paulinho.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/233/emenda_38_dr_dias.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/232/emenda_39_dr_dias.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/234/emenda_positiva_50_cristiano.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/231/emenda_52.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/157/mocao_lucio_nery_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_carlito_cardoso_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/177/mocao_de_pesar_57.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/239/mocao_62.2023.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/240/mocao_63.2023.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/195/emenda__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/224/modificativa_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/225/modificativa_003_2023.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/241/emenda_aditiva_001_laelson.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/242/emenda_aditiva_02.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/299/emenda_aditiva_e_impositiva__03.2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/16/projet._de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_lei_n._19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_n._20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/85/prj_lei_26.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/86/prj._lei_27.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_29.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_30.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_31.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_32.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_33.2023_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/122/pl34-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei_35.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_36.2023_jo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_dee_lei_37.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_40.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/129/p.l._41.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/130/p.l._42.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_51.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_29_de_270923_-_ploa_2024_pm_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/154/pl_25_imunidade_tribut.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei__64.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_-_minha_casa_minha_vida_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/182/pl_20_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/183/pl__zumbi_dos_palmares_3.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/187/conselho_municipal_de_seguranca_alimentar_e_nutricional_-_comsea.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_069.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_resolucao_30_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/102/titulo_de_cidadao_antonio_matheus_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_resolucao_40.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/114/projeto_de_resolucao_41.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/115/projeto_de_resolucao_43.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/116/projeto_de_resolucao_44.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/117/projeto_de_resolucao_45.2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/118/projeto_resolucao_46.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/166/ps._50._2023_rosemberg.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_51.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_52.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/255/ps_53-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n10.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_09_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_cpi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_-_instalacao_dos_correios_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_adriana.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_represa_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_embiara_de_cima_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/171/of._no_58_parecer_pl_auxilio_emergencial-1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/173/requerimenro_no23.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/189/mocao_de_aplausos__rede_bahia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_43.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/153/mocao-51.2023-assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_de_aplausos_eliana_alves.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/172/mocao_senhora_simone_mascarenhas-1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_aplausos__56.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/80/ind_137_sapl.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_-_reforma_da_represa_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_-_praca_da_opalma_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_145.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_146.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_147.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_148.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_149.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/159/preposicoes.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_psf_alecrim.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes_camara_municipal_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes_camara_municipal_da_cachoeira_quadra.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_160.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/191/emenda_impositiva_cachoeira_alto_do_camelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/188/emenda_laelson_01-2023_cachoeira_-_assinada_ok1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/214/emenda_n02_laelson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/200/emenda_3_laelson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/219/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/210/emenda_5_laelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/196/emenda_n_06.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/197/emenda_n_7.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/198/emenda_n_08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/199/emenda_n_09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/209/emenda_modificativa__ao_projeto_de_lei_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/211/emenda_n11_laelson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/202/emenda_no_012_2023.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/201/emenda_no_013_2023.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/203/emenda_14.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/206/emenda_15.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/205/emenda_no_016_2023.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/204/emenda_17.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/212/emenda_n18_laelson.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/207/emenda_n19_laelson.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/208/emenda_n20_laelson.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/215/emenda_21_laelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/221/emenda_no_022_2023.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/222/emenda_no_023_2023.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/223/emenda_no_024_2023.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/227/emenda_25_angelica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/220/emenda_no_026_2023.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/190/emenda_n27_laelson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/216/emenda_n28_laelson.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/217/emenda_n29_laelson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/218/emenda_n_30.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/213/emenda_n31_laelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/235/emenda_32_isnaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/236/emenda_33_isnaldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/237/emenda_34.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/228/emenda_35_paulinho.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/229/emenda_36_paulinho.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/230/emenda_37_paulinho.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/233/emenda_38_dr_dias.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/232/emenda_39_dr_dias.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/234/emenda_positiva_50_cristiano.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/231/emenda_52.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/157/mocao_lucio_nery_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_carlito_cardoso_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/177/mocao_de_pesar_57.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/239/mocao_62.2023.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/240/mocao_63.2023.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/195/emenda__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/224/modificativa_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/225/modificativa_003_2023.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/241/emenda_aditiva_001_laelson.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/242/emenda_aditiva_02.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2023/299/emenda_aditiva_e_impositiva__03.2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>