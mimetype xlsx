--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -54,1376 +54,1376 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DA CACHOEIRA - PMC</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/243/pl_-_agente_de_contratacao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/243/pl_-_agente_de_contratacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Federal nº 14.133/ de 1º de abril de 2021, no que concerne às atribuições e responsabilidades dos agentes de contratação, bem como, da criação do cargo em comissão e, dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/245/pl02_reajuste_salarial_2024_-_pdf.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/245/pl02_reajuste_salarial_2024_-_pdf.pdf</t>
   </si>
   <si>
     <t>“Define o percentual de reajuste salarial aos servidores públicos municipais para o ano de 2024, inicia a implantação do pagamento do Plano de Cargos e Salários dos Servidores da Educação Pública Municipal, e da outras providências”.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/248/pl03_-_piso_dos_professores.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/248/pl03_-_piso_dos_professores.pdf</t>
   </si>
   <si>
     <t>"Fixa o reajuste para definir o piso do magistério para o exercício de 2024 e dá outras providências"</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/250/pl04_altera_a_estrutura_da_procuradoria_juridica.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/250/pl04_altera_a_estrutura_da_procuradoria_juridica.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da estrutura da Procuradoria Jurídica do Município de Cachoeira e suas atribuições e dá outras providências”.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MAMEDE DAYUBE</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_n_17_2023.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_n_17_2023.pdf</t>
   </si>
   <si>
     <t>Declara a Novena é  a Festa de Nossa Senhora do Rosario  Patrimônio Histórico, cultural, imaterial e material de Cachoeira - BA</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_no_06.2024_do_executivo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_no_06.2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS, CONTRATOS, TERMO DE CONFISSÃO DE DÉBITO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DR. ZÉ LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/273/pl_007_2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/273/pl_007_2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº  007  / 2024_x000D_
 _x000D_
 _x000D_
 “Define a padronização das cores dos bens públicos do Município de Cachoeira e dá outras providências”.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>NENEL</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_dia_dos_desbravadores_08.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_dia_dos_desbravadores_08.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do dia Municipal  dos Desbravadores, no âmbito do Município de Cachoeira”_x000D_
 Fica instituído no Calendário Oficial de eventos do Município de Cachoeira o dia Municipal dos Desbravadores, comemorado anualmente no terceiro sábado do mês de setembro, período no qual é celebrado o “Dia Mundial dos Desbravadores”</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/275/pl_-_criacao_e_regulamentacao_de_programa_de_incentivo_a_educacao_de_jovens_e_adultos_para_erradicacao_do_analfabetismo-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/275/pl_-_criacao_e_regulamentacao_de_programa_de_incentivo_a_educacao_de_jovens_e_adultos_para_erradicacao_do_analfabetismo-1.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação e Regulamentação de Programa de Incentivo a Educação de Jovens e Adultos para erradicação do analfabetismo e formação dos jovens e adultos deste Município, autorizando ainda a concessão de bolsas educacionais como política de permanência para incentivo à frequência, estudo e aprovação nas Escolas Municipais que ofertam vagas na modalidade de ensino EPJAI da Educação Básica e dá outras providências".</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/279/pl10_2024.pdf_-_pl10__2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/279/pl10_2024.pdf_-_pl10__2024.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Terço dos Homens na data de 05 de outubro e inclui no calendário de eventos de Cachoeiras</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/283/pl_no_11.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/283/pl_no_11.2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS/2024, NO ÂMBITO DO MUNICÍPIO DE CACHOEIRA, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/302/ldo_2025.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/302/ldo_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - DIRETRIZES ORÇAMENTÁRIAS 2025</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/303/pl_no_13.2024__executivo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/303/pl_no_13.2024__executivo.pdf</t>
   </si>
   <si>
     <t>“cria o Plano Municipal de Segurança de Cachoeira e dá outras providencias”</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/305/pl_14.2024_poder_executivo-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/305/pl_14.2024_poder_executivo-1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Fundo Municipal do Meio Ambiente – FMMA e dá outras providências”</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei__15.2024_do_executivo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei__15.2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REGULAMENTAÇÃO DA LEI FEDERAL Nº. 9.608/98_x000D_
 PARA ATUAÇÃO DOS MONITORES, TUTORES E OFICINEIROS DO TEMPO_x000D_
 INTEGRAL COMO VOLUNTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ISNALDO CORDEIRO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/308/pl_16.2024_educacao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/308/pl_16.2024_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Educação Especial Inclusiva no Município de Cachoeira e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/309/pl_17.2024_mchat.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/309/pl_17.2024_mchat.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DO_x000D_
 QUESTIONÁRIO M-CHAT NAS UNIDADES_x000D_
 DE SAÚDE NO MUNICÍPIO DE CACHOEIRA_x000D_
 PARA O RASTREIO PRECOCE DO_x000D_
 TRANSTORNO DO ESPECTRO AUTISTA_x000D_
 (TEA).</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>LAELSON DE ROXO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/332/pl18.2024_iie_axe.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/332/pl18.2024_iie_axe.pdf</t>
   </si>
   <si>
     <t>Declara o Ilê Axé Jitundè da Comunidade Quilombola de São Francisco do Paraguaçu como Patrimônio Histórico Cultural Material e Imaterial de Cachoeira Bahia.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/335/pl19.2024_sao_roque.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/335/pl19.2024_sao_roque.pdf</t>
   </si>
   <si>
     <t>Declara a Festividade em Louvores a São Roque no quilombo do Engenho da Ponte, Cachoeira, Bahia Patrimônio Histórico Cultural Material e Imaterial de Cachoeira Bahia.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>CRISTIANO DE LOURO PAI VEI</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_20.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_20.2024.pdf</t>
   </si>
   <si>
     <t>Institui a comenda Anísio Teixeira  que busca premiar as Escolas localizadas no Município de Cachoeira, que atinjam as metas  do IDEB no âmbito da rede pública    de ensino do município.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JOSMAR BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_frei_galvao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_frei_galvao.pdf</t>
   </si>
   <si>
     <t>Declara a festa de Santo Antônio de Santana Galvão (Frei Galvão), Patrimônio Histórico Cultural Imaterial e Material de Cachoeira -  Bahia</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/356/projeto_de_lei_-_codigo_tributario_municipal_22.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/356/projeto_de_lei_-_codigo_tributario_municipal_22.pdf</t>
   </si>
   <si>
     <t>"Alterar, dar nova redação e revogar dispositivos da Lei nº 728, de 22 de setembro de 2006 – Código Tributário Municipal.”</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>Declara  Patrimônio  Cultural a Associação Artesanal Chitarte, Cachoeira- Bahia .</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Cruzeiro Esporte Clube de Cachoeira - Bahia</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/364/projeto_de_lei_no_25.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/364/projeto_de_lei_no_25.2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA O LIMITE DO NÚMERO DE TAXI, NO MUNICÍPIO DE CACHOEIRA E REVOGA A LEI MUNICIPAL Nº 666/204”.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/365/pl_no_26.2024_altera_o_limite_de_taxis.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/365/pl_no_26.2024_altera_o_limite_de_taxis.pdf</t>
   </si>
   <si>
     <t>ALTERA O LIMITE DO NÚMERO DE TAXI, NO MUNICÍPIO DE CACHOEIRA E REVOGA A LEI MUNICIPAL Nº 666/2004</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/375/27.2024_-__prorroga_ate_31_de_dezembro_de_2025_a_vigencia_do_plano_municipal.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/375/27.2024_-__prorroga_ate_31_de_dezembro_de_2025_a_vigencia_do_plano_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO, ATÉ DIA 31 DE DEZEMBRO DE 2025, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_n_28.2024__-_gratificacao_aos_sevidores__da_saude_bucal.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_n_28.2024__-_gratificacao_aos_sevidores__da_saude_bucal.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PAGAMENTO DE GRATIFICAÇÃO AOS SERVIDORES MUNICIPAIS QUE COMPÕEM O QUADRO DA SAÚDE BUCAL, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_delei_29-2024___loa_2025_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_delei_29-2024___loa_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o exercício financeiro de 2025 e determina outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/390/pl_30.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/390/pl_30.2024.pdf</t>
   </si>
   <si>
     <t>"Declara o ofício das charuteiras do Município de Cachoeira- Bahia;  Patrimônio Histórico Cultural Material e Imaterial de Cachoeira"</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>ANGELICA SAPUCAIA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_31.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_31.2024.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O INSTITUTO DE DESENVOLVIMENTO E AÇÃO SOCIAL, SAÚDE, EDUCACAO E DESPORTO DO RECONCAVO</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao__n_001.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao__n_001.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe  da Criação do Cargo  Agente de Contratação, Comissão e contratação e equipe de apoio , nos moldes da nova Lei Federal de Licitações 14.133/2021, da Câmara Municipal de Vereadores da Cachoeira.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DA CACHOEIRA - CMC</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de__resolucao_002.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de__resolucao_002.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste de Vencimentos dos Servidores da Câmara Municipal  de Cachoeira.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>PAULO C. R. LEITE</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/281/projeto_de_resolucao_03.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/281/projeto_de_resolucao_03.2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO  SENHOR Solon Emanuel Calmon Santos.”</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDENCIA - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/</t>
   </si>
   <si>
     <t>No uso das suas atribuições legais que lhe confere o art. 24, inciso I, a Messa Diretora da Câmara Municipal da Cachoeira  Cria o Cargo comissionado  denominado  ASSESSOR PARLAMENTAR</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>ADJARVA DIAS FILHO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_resolucao_no._05.2024b.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_resolucao_no._05.2024b.docx</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO  SENHOR ROUSIVAL ALMEIDA HEITZ</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA - SECRLEG</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_resolucao_06.2024....pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_resolucao_06.2024....pdf</t>
   </si>
   <si>
     <t>A apreciação das Contas da Câmara Municipal da Cachoeira,_x000D_
 exercício 2019, tendo como gestor ISNALDO CORDEIRO DA SILVA</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_resolucao_07.2024_mamede.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_resolucao_07.2024_mamede.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO_x000D_
 CACHOEIRANO AO ILUSTRÍSSIMO_x000D_
 SENHOR ATAIDE DE OLIVEIRA COSTA.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_resolucao_08.2024_manede.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_resolucao_08.2024_manede.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ_x000D_
 CACHOEIRANA A ILUSTRÍSSIMA_x000D_
 SENHORA JOELMA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/353/projeto_de_resolucao_09.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/353/projeto_de_resolucao_09.pdf</t>
   </si>
   <si>
     <t>Projeto concedendo titulo de cidadão honorário a Maria José Soares da Cruz</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/354/projeto_de_resolucao_10.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/354/projeto_de_resolucao_10.pdf</t>
   </si>
   <si>
     <t>Projeto Concedendo titulo de cidadão honorário a Fabio Santos Macedo</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/355/projeto_de_resolucao_11.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/355/projeto_de_resolucao_11.pdf</t>
   </si>
   <si>
     <t>Projeto concedendo titulo de cidadão honorário José Mauricio Esteves</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/363/projeto_de_resolucao_12.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/363/projeto_de_resolucao_12.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de cidadã Cachoeirana a Ilustríssima Senhora, Maria  da Conceição de Santana</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/361/ps_13.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/361/ps_13.2024.pdf</t>
   </si>
   <si>
     <t>Propõe Inclusão de mais um paragrafo no Art 82, do Regimento Interno da Câmara Municipal da Cachoeira.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/371/titulo_de_cidadao_antonio_carlos_de_souza.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/371/titulo_de_cidadao_antonio_carlos_de_souza.pdf</t>
   </si>
   <si>
     <t>Projeto  Concede Título de Cidadão  Cachoeirano ao Ilustríssimo Senhor Antônio Carlos de Souza</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/372/titulo_de_cidadao_para_adailton.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/372/titulo_de_cidadao_para_adailton.pdf</t>
   </si>
   <si>
     <t>PROJETO CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO SENHOR ADAILTON DE ALMEIDA LIMA</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/379/titulo_de_cidadao_-_rosemberg.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/379/titulo_de_cidadao_-_rosemberg.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Cachoeirano e dá outras providências</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_resolocao_17.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_resolocao_17.2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 03/2018, o Regimento Interno da Câmara Municipal de Cachoeira.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos contidos na Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/422/ps_19.2024__senhor__marcelo_lemo.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/422/ps_19.2024__senhor__marcelo_lemo.pdf</t>
   </si>
   <si>
     <t>Concede  Título de cidadão Cachoeirano  ao Ilustríssimo Senhor  Marcelo Lemos</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/310/oficio_81-2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/310/oficio_81-2024.pdf</t>
   </si>
   <si>
     <t>Resposta ao ofício encaminhado ao Executivo pelo Vereador Mamede Dayube Neto, no dia 04/04/2024.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_indicacao_preposto_explanacao_ldo_2025.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_indicacao_preposto_explanacao_ldo_2025.pdf</t>
   </si>
   <si>
     <t>INDIÇÃO DE PREPOSTO DO EXECUTIVO PARA ESCLARECIMENTOS ACERCA DA LDO 2025</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ADRIANA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_maria_preta-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_maria_preta-1.pdf</t>
   </si>
   <si>
     <t>Restauração do concreto da subida da ladeira_x000D_
 principal , tendo sido feito pela própria comunidade , atualmente encontra – se_x000D_
 em péssimo estado de conservação,   COMUNIDADE DA MARIA PRETA</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/334/retirada_de_pauta_do_pl_09.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/334/retirada_de_pauta_do_pl_09.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE PAUTO PL 09/2024</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/343/oficio_solicitacao_espaco_legislativo__para_audiencia_publica.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/343/oficio_solicitacao_espaco_legislativo__para_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Ofício 95/2024 Poder Executivo</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_94-2024_convite_para_1a_audiencia_publica_2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_94-2024_convite_para_1a_audiencia_publica_2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 94-2024 PODER EXECUTIVO</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/366/oficio_-_retirada_de_pauta_de_pl-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/366/oficio_-_retirada_de_pauta_de_pl-1.pdf</t>
   </si>
   <si>
     <t>Solicitação para retirada de pauta do Projeto de Lei nº 25/2024, número de protocolo 177, apresentado no dia 26/07/2024, que dispõe sobre a alteração do limite do número de táxi, no Município de Cachoeira e revoga a Lei Municipal nº 666/2004.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/367/anexo_-_projeto_de_lei_22.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/367/anexo_-_projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>JUNTADA DE TABELAS PARA ANEXO EM PROJETO DE LEI Nº 22/2024 EM TRÂMITE NA CÂMARA DE VEREADORES DE CACHOEIRA.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/386/oficio_solicitacao_espaco_legislativo__audiencia_publica.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/386/oficio_solicitacao_espaco_legislativo__audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Solicita a liberação do espaço destinado a reuniões neste prédio do Poder Legislativo Municipal, para a realização audiência pública, em atendimento ao § 4º, do art. 9º da Lei de Responsabilidade Fiscal – LC 101/2000, a ser realizada no dia 30/09/2024, às 10H00MIN, oportunidade a qual Poder Executivo demonstrará e avaliará a execução orçamentária e financeira e o cumprimento das metas fiscais no município, referente ao 2º Quadrimestre de 2024.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/387/oficio_2a_audiencia_publica_2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/387/oficio_2a_audiencia_publica_2024.pdf</t>
   </si>
   <si>
     <t>Convida Vossa Senhoria e os demais membros Deste Poder Legislativo Municipal, bem como toda a população cachoeirana, para participar da audiência pública a ser realizada no dia 30/09/2024, às 10H00MIN, no prédio Desta Casa Legislativa, onde o Poder Executivo demonstrará e avaliará a execução orçamentária e financeira e o cumprimento das metas fiscais no município, referente ao 2º Quadrimestre de 2024.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/389/mensagem_29-2024_ploa_2025_pm_cachoeira_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/389/mensagem_29-2024_ploa_2025_pm_cachoeira_assinado.pdf</t>
   </si>
   <si>
     <t>submete à consideração de Vossa Excelência e demais integrantes dessa ilustre Casa Legislativa, o Projeto de Lei Orçamentária Anual, para o exercício de 2025.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/285/mocao_aplausos_e_congr.__pititinga__2024_autoria_laeson.doc</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/285/mocao_aplausos_e_congr.__pititinga__2024_autoria_laeson.doc</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, vem na forma Regimental, inserir na Ata dos trabalhos da Câmara Municipal da Cachoeira, Estado da Bahia, MOÇÃO DE APLAUSOS E CONGRATULAÇÕES pelos 10 anos de fundação do  INFORMATIVO CULTURAL, RÁDIO E TV WEB OLHA A PITITINGA</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_02_2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_02_2024.pdf</t>
   </si>
   <si>
     <t>Congratulações e aplausos, para a nova formação do conselho Municipal  de cultura, do Município de Cachoeira.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/293/03_2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/293/03_2024.pdf</t>
   </si>
   <si>
     <t>Congratulações e aplausos, pelos 92 anos da Igreja Assembleia de Deus em Cachoeira.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/333/mocao_de_aplausos_e_congradulacoes.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/333/mocao_de_aplausos_e_congradulacoes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A IGREJA ADCEVE-BA (ASSEMBLEIA DE DEUS CRISTO É VIDA ETERNA) PELA CELEBRAÇÃO DE 09 ANOS EVANGELIZANDO NAS COMUNIDADES DE MURUTUBA E LARANJEIRAS.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/381/mocao_05.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/381/mocao_05.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações  a ex: Vereadora Angelina Cordeiro em comemoração ao seu aniversário.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/383/mocao_06.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/383/mocao_06.2024.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos e congratulações ao Jornal à Cachoeira, pelo 128 anos de fundação.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/382/mocao_07.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/382/mocao_07.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e congratulações  ao Colégio Estadual da Cachoeira pelos 70 anos</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/391/mocao_de_congradulacao_08.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/391/mocao_de_congradulacao_08.2024.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos  e congratulações, pelos 45 anos do Instituto Adventista de Ensino do Nordeste ( IAENE).</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/392/mocao_09.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/392/mocao_09.2024.pdf</t>
   </si>
   <si>
     <t>Moção de APLAUSOS e CONGRATULAÇÕES ao Grupo da Diversidade de Cachoeira, pela realização da 11ª Parada do Orgulho LGBT de Cachoeira.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_n.o_01_de_2024._dia_da_mulher.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_n.o_01_de_2024._dia_da_mulher.pdf</t>
   </si>
   <si>
     <t>Indicação  para a sessão especial  do dia 08 de Março dia Internacional  da mulher</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/252/indicacao_n.o_02_de_2024._poda_das_arvores.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/252/indicacao_n.o_02_de_2024._poda_das_arvores.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PODA DE ÁRVORES que estão fazendo contato com as rede elétrica em todas as comunidades rurais do Município.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_n.o_03_de_2024._pavimentacao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_n.o_03_de_2024._pavimentacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO CALÇAMENTO:   Adotar providências para realizar  a obra de pavimentação  com paralelepípedo na rua do lago no bairro do tororó,</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/254/indicacao_n.o_04_de_2024._conciencia_negra.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/254/indicacao_n.o_04_de_2024._conciencia_negra.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA SESSÃO  ESPECIAL do dia 20 de novembro dia Nacional da consciênçia negra</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/256/page_1_1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/256/page_1_1.pdf</t>
   </si>
   <si>
     <t>Reforma do CRAS da BACIA E VALE DO IGUAPE.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o plenário na forma regimental vigente para que seja oficializada a indicação do senhor Esmeraldo Alves dos Santos Sobrinho, como orador do dia 13 de março,</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>FLORISVALDO DA C DE JESUS</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/265/indicacao_07_11..03.24.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/265/indicacao_07_11..03.24.pdf</t>
   </si>
   <si>
     <t>Indicação Regualificação  da praça da Murutuba, COM QUIOSQUE, ACADEMIA E ÁREA DE LAZER, NO MUNICÍPIO DE CACHOEIRA _x000D_
 Solicitação para o Governo do Estado da Bahia.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/266/indicacao_08__11.03.24.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/266/indicacao_08__11.03.24.pdf</t>
   </si>
   <si>
     <t>Indicação: Regualificação da praça da Murutuba, COM QUIOSQUE, ACADEMIA E ÁREA DE LAZER, NO MUNICÍPIO DE CACHOEIRA- BA_x000D_
 Solicitação para  Josê Trindade Presidente da CONDER.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_09___11.03.24.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_09___11.03.24.pdf</t>
   </si>
   <si>
     <t>Indicação: Regualificação da praça da Murutuba, COM QUIOSQUE, ACADEMIA E ÁREA DE LAZER, NO MUNICÍPIO DE CACHOEIRA- bahia _x000D_
 Solicitação para a Secretária de Desenvolvimento Urbano do município de Salvador.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/268/indicacao_orador_25_de_junho.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/268/indicacao_orador_25_de_junho.pdf</t>
   </si>
   <si>
     <t>Indicação do Reverendo. PADRE ADEILSON DOS SANTOS PUGAS MILHARES, Pároco da Igreja de Santiago do Iguape para Orador da Sessão Solene do 25 de Junho de 2024.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/269/indicacao_n11.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/269/indicacao_n11.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a Prefeita Sra. Eliana Gonzaga no sentido realizar a entrega de repelentes para as gestantes em prevenção a ameaça pandêmica da dengue (moquisto Aedes aegypti) nos PFS do município.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/270/indicacao_n12.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/270/indicacao_n12.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que seja encaminhado a Prefeita Sra. Eliana Gonzaga no sentido de incluir um pediatra e um ginecologista no quadro de profissionais dos PSF das comunidades quilombolas da Bacia do Iguape.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>MOISEIS REIS DO LAGO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/276/indicacao13.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/276/indicacao13.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando construção Associação para os pescadores da comunidade da faceira</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_14.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_14.2024.pdf</t>
   </si>
   <si>
     <t>Solicitando os Guardas Municipais nos prédios públicos finais de semana, para assegurar a garantia da abertura com segurança dos prédios históricos.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_15.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_15.2024.pdf</t>
   </si>
   <si>
     <t>REQUALIFICAÇÃO da Casa de Farinha do povoado da Boa Vista.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_16.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_16.2024.pdf</t>
   </si>
   <si>
     <t>índico a implantação de um ponto de onibus e uma lixeira na rua do Paraguai no distrito de Belém proximo ao bar de boré</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_17_ver_cristiano.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_17_ver_cristiano.pdf</t>
   </si>
   <si>
     <t>Indico que a Prefeitura Municipal da Cachoeira execute a requalificação total da praça da Murutuba e construa seis quiosques.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_18_ver_cristiano.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_18_ver_cristiano.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal da Cachoeira execute a CONSTRUÇÃO DE UMA NOVA BASE DE ÁGUA E UM TANQUE DE 20MIL LITROS NO POVOADO COBÍ.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_19_ver_cristiano.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_19_ver_cristiano.pdf</t>
   </si>
   <si>
     <t>Indicar que a Prefeitura Municipal da Cachoeira execute a CONSTRUÇÃO DE 40 (QUARENTA) URNAS MORTUÁRIAS NO CEMITÉRIO DA MURUTUBA, E PAVIMENTAÇÃO A PARALELEPIPEDOS EM FRENTE AO REFERIDO CEMITÉRIO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_20.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_20.2024.pdf</t>
   </si>
   <si>
     <t>INDICO: REALIZAR MELHORIAS NA ESCADARIA DO BURACO DA GIA (sede do município de Cachoeira)_x000D_
 1.	Implantação de um corrimão de segurança_x000D_
 2.	Manutenção do piso _x000D_
 3.	Limpeza dos matos e limo_x000D_
 4.	Melhorar a Iluminação</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_n_21.2024_laelsoncxcultural.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_n_21.2024_laelsoncxcultural.pdf</t>
   </si>
   <si>
     <t>INDICO: A IMPLANTAÇÃO DE UMA UNIDADE DA CAIXA CULTURAL  NA HEROÍCA CIDADE DA CAHOEIRA. CAPITAL DA BAHIA EM 25 DE JUNHO (LEI 10695/07)</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/307/indicacao_no_22.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/307/indicacao_no_22.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, para que seja oficiado a Senhora Prefeita Eliana Gonzaga de Jesus, a necessidade urgente de realizar a troca das lâmpadas na Rua do Campo, e refletores no campo de futebol na comunidade da Murutuba.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_23.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_23.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA REFORMA TOTAL DA QUADRA ESPORTIVA DOS TRÊS RIACHOS EM CACHOEIRA</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_24.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_24.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PSICOLÓGOS PARA OS PSFS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_25.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_25.2024.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA REFORMA TOTAL DO CAMPO DA MANGA.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_26.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_26.2024.pdf</t>
   </si>
   <si>
     <t>Indicação solicitar autorizar a secretaria de Obras a construir uma QUADRA POLIESPORTIVA, na comunidade do Saco</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_27.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_27.2024.pdf</t>
   </si>
   <si>
     <t>Indicação solicitar autorizar a secretaria de Obras a construir uma QUADRA POLIESPORTIVA,  no Povoado da Pinguela.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_28.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_28.2024.pdf</t>
   </si>
   <si>
     <t>Indicação solicitar autorizar a secretaria de Obras a construir uma QUADRA POLIESPORTIVA, no Povoado da Murutuba .</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_29.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_29.2024.pdf</t>
   </si>
   <si>
     <t>Indicação: solicitação  CALÇAMENTO  na comunidade do Tupim Rua de Neca do licor até as últimas residências. (casa de pingote).</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_30.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_30.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação do termino do CALÇAMENTO,  na comunidade do Ponto Certo,  da  BA 420  até o campo de Futebol e após o campo  na Praça.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_31.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_31.2024.pdf</t>
   </si>
   <si>
     <t>Indicação solicito para que autorize a Secretaria de Obras e Meio Ambiente fazer extensão do calçamento  até o campo de futebol na localidade, Ladeira Padre Inácio.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_32.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_32.2024.pdf</t>
   </si>
   <si>
     <t>solicitando colocação de alambrados no campo de futebol da comunidade do Otizeiro.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_mostra_do_vaqueiro.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_mostra_do_vaqueiro.pdf</t>
   </si>
   <si>
     <t>Solicitando uma Sessão Especial para 1ª Mostra do Vaqueiro do Vale do Paraguassú no dia 13 de Julho de 2024, em parceria com o Grupo de Cavalgada do Grupo Aliança.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_34.2024_construcao_da_praca_coubi_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_34.2024_construcao_da_praca_coubi_assinado.pdf</t>
   </si>
   <si>
     <t>Construção da Praça com dois Quiosques, Instalação da Academia ao ar livre, Bancos e Parque Infantil, na Comunidade do Cobi.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_35.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_35.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação da Requalificação da Praça da Aclamação do Município de Cachoeira-Ba</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_36.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_36.2024.pdf</t>
   </si>
   <si>
     <t>Solicitação da Reforma da Praça e Quadra esportiva na Comunidade da Opalma, (praça Humberto de Jesus)</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_37.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Deputado Federal Paulo Magalhães, a indicar recursos através de emenda para aquisição de trator para a comunidade Rural da Boa Vista.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_calcamento_do_alto_do_tunel.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_calcamento_do_alto_do_tunel.pdf</t>
   </si>
   <si>
     <t>Adotar providencias para realizar o calçamento do final da rua do alto do túnel</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/369/indicacao_calcamento_formiga.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/369/indicacao_calcamento_formiga.pdf</t>
   </si>
   <si>
     <t>Reiterar indicação de calçamentos para todas as ruas da comunidade da formiga.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/370/indicacao_associacao_de_moradores_alto_do_tunel.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/370/indicacao_associacao_de_moradores_alto_do_tunel.pdf</t>
   </si>
   <si>
     <t>Construção de uma sede para associação de moradores do alto do túnel.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/384/indicacao_41.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/384/indicacao_41.2024.pdf</t>
   </si>
   <si>
     <t>Indico a prefeita Eliana Gonzaga autorizar a secretaria de obras a colocar braços de luz com iluminação na rua do Caquende.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGANICA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/427/proposta_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/427/proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda - Altera a redação de dispositivos contidos na Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/257/veto_01.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/257/veto_01.pdf</t>
   </si>
   <si>
     <t>“Define o percentual de reajuste salarial aos servidores públicos municipais para o ano de 2024, inicia a implantação do pagamento do plano de cargos e salários dos servidores da Educação Pública Municipal, e dá outras providências"</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/400/emenda_impositiva__01.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/400/emenda_impositiva__01.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a contar_x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ÓRGÃO 	3- FUNDO MUNICIPAL DE SAÚDE _x000D_
 SECRETARIA 	8- FUNDO MUNICIPAL DE SAÚDE _x000D_
 UNIDADE	08.01. FUNDO MUNICIPAL DE SAÚDE _x000D_
 ONDE SE LER:_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 524.000,00 (1600) _x000D_
 LEIA –SE :_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 340.000,00 (1600) _x000D_
 4.4.9.0.51.00.00 Reforma e Ampliação da academia da Saúde do PSF de Opalma R$ 15.000,00 (1600) _x000D_
 4.4.9.0.51.00.00 Reforma e melhoramento do PSF Satélite do COBI – ALTO DO CAMELO R$ 15.000,00 (1600) _x000D_
 4.4.9.0.51.00.00 Reforma da Unidade Sala de Estabilização de Santiago do Iguape R$ 15.000,00 (1600)</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/399/emenda_impositiva__03.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/399/emenda_impositiva__03.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	6 - SECRETARIA DE CULTURA E TURISMO_x000D_
 UNIDADE	06.01 - SECRETARIA DE CULTURA E TURISMO_x000D_
 _x000D_
 ONDE SE LER:_x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica 250.000,00 (1720)_x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 LEIA –SE :_x000D_
 _x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$ 220.000,00 (1720)_x000D_
 3.3.9.0.39.00.00 Apoio Financeiro a Festa de Nossa senhora do Bom Parto na Opalma R$ 20.000,00 (1720)_x000D_
 3.3.9.0.39.00.00 Apoio Financeiro a Festa de São Roque no Engenho da Ponte R$ 10.000,00 (1720)_x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/402/emenda_impositiva__05.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/402/emenda_impositiva__05.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	7 - SECRETARIA DE ESPORTES_x000D_
 UNIDADE	07.01 - SECRETARIA DE ESPORTES _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 760.000,00 (1500) _x000D_
 Total R$ 1.266.322,99_x000D_
 _x000D_
 LEIA –SE :_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 740.000,00 1500 _x000D_
 3.3.5.0.43.00.00 Apoio financeiro para a realização do 3º campeonato quilombola da bacia do Iguape. R$ 20.000,00 (1500) _x000D_
 Total R$ 1.266.322,99</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/403/emenda_impositiva__06.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/403/emenda_impositiva__06.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	16 - SECRETARIA DE PROMOÇÃO E IGUALDADE RACIAL _x000D_
 UNIDADE	16.01 - SECRETARIA DE PROMOÇÃO E IGUALDADE RACIAL _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 14.422.006.2083 GESTÃO DAS AÇÕES DA SECRETARIA DE PROMOÇÃO E IGUALDADE RACIAL _x000D_
 3.3.9.0.35.00.00 Serviços de Consultoria 33.000,00 (1500) _x000D_
 Total R$ 239.815,24_x000D_
 _x000D_
 LEIA-SE :_x000D_
 14.422.006.2083 GESTÃO DAS AÇÕES DA SECRETARIA DE PROMOÇÃO E IGUALDADE RACIAL _x000D_
 3.3.9.0.35.00.00 Serviços de Consultoria 23.100,00 (1500)_x000D_
 3.3.9.0.35.00.00 Apoio Financeiro para a realização da parada da diversidade R$9.900,00 (1500)_x000D_
 Total R$ 239.815,24_x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
@@ -1432,76 +1432,76 @@
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	6 - SECRETARIA DE CULTURA E TURISMO_x000D_
 UNIDADE	06.01 - SECRETARIA DE CULTURA E TURISMO _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica 7.311.050,82 (1500) _x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 LEIA –SE :_x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS_x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica 7.276.150,82 (1500) _x000D_
 3.3.9.0.39.00.00 Apoio financeiro para a festa do sr. Do Bomfim na Murutuba R$8.725,00 (1500)_x000D_
 3.3.9.0.39.00.00 Apoio financeiro para a festa do Padroeiro da Ladeira de Padre Inácio R$8.725,00 (1500)_x000D_
 3.3.9.0.39.00.00 Apoio financeiro para carnaval do SACO R$8.725,00 (1500)_x000D_
 3.3.9.0.39.00.00 Apoio financeiro para carnaval da Pinguela R$8.725,00 (1500)_x000D_
 _x000D_
 Total R$ 9.994.763,51_x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/405/emenda_legislativa_impositiva_08.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/405/emenda_legislativa_impositiva_08.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	7 - SECRETARIA DE ESPORTES_x000D_
 UNIDADE	07.01 - SECRETARIA DE ESPORTES _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.9.0.31.00.00 Premiações Cult, Artísti. Científicas, Desp.e outs 20.000,00 (1500)_x000D_
 Total R$ 1.266.322,99_x000D_
 _x000D_
 LEIA –SE :_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.9.0.31.00.00 Premiações Cult, Artísti. Científicas, Desp.e outs 12.000,00 (1500)_x000D_
 3.3.9.0.31.00.00 Apoio financeiro para a PREMIAÇÃO da copa das comunidades de futebol R$ 8.000,00 1500 _x000D_
 Total R$ 1.266.322,99</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/406/emenda_legislativa_impositiva_09.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/406/emenda_legislativa_impositiva_09.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	7 - SECRETARIA DE ESPORTES_x000D_
 UNIDADE	07.01 - SECRETARIA DE ESPORTES _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.1.9.0.04.00.00 Contratação por Tempo Determinado 100.000,00 (1500) _x000D_
 Total R$ 1.266.322,99_x000D_
 _x000D_
 LEIA –SE :_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.1.9.0.04.00.00 Contratação por Tempo Determinado 83.000,00 (1500) _x000D_
 3.1.9.0.04.00.00 Contratação de profissional de educação física para atuar em escolinha de futebol na Murutuba R$17.000,00 (1500) _x000D_
 Total R$ 1.266.322,99</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
@@ -1614,354 +1614,354 @@
 SECRETARIA 	8- FUNDO MUNICIPAL DE SAÚDE _x000D_
 UNIDADE	08.01. FUNDO MUNICIPAL DE SAÚDE _x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 464.100,00(1600) _x000D_
 4.4.9.0.51.00.00 Implantação da academia da Saúde em frente ao PSF de Santiago do Iguape R$ 19.900,00 (1600) _x000D_
 4.4.9.0.51.00.00 Reforma e melhoramento do PSF de Santiago do Iguape R$ 40.000,00 (1600) _x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024._x000D_
 _x000D_
 Plenário da Câmara de Vereadores de Cachoeira, 14 de Novembro de 2024. _x000D_
                                                   _x000D_
  _x000D_
 FLORISVALDO CONCEIÇÃO DE JESUS _x000D_
 Vereador – PSB</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_de_pesar_02.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_de_pesar_02.pdf</t>
   </si>
   <si>
     <t>De Pesar pelo falecimento da Senhora Elza Calumbí</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/280/mocao_de_pesar_03.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/280/mocao_de_pesar_03.2024.pdf</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento do Ilustríssimo Senhor DANTE LAMARTINE.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, vem na forma Regimental, inserir na Ata dos trabalhos da Câmara Municipal da Cachoeira, Estado da Bahia, MOÇÃO DE PESAR pelo falecimento do Sr. DEYVID RANGEL MENEZES._x000D_
 Dê-se conhecimento a toda família.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/300/mocao_de_pesar_04.2024..pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/300/mocao_de_pesar_04.2024..pdf</t>
   </si>
   <si>
     <t>Moção  pesar pelo falecimento da Ilustríssima Senhora Ivone Conceição</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/301/mocao_de_pesar_05.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/301/mocao_de_pesar_05.2024.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Ilustríssimo Senhor  Ilmario Leal da Silva</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR_x000D_
 pelo falecimento da Senhora RENILDES ALCÂNTARA DOS SANTOS (DONA_x000D_
 CABELUDA).</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/324/mocao_de_pesar_08.2024.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/324/mocao_de_pesar_08.2024.docx</t>
   </si>
   <si>
     <t>PESAR” pelo falecimento da Ilustríssima Senhora ADECILDE TEREZA BAIÃO ARAÚJO (ANINHA).</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/352/mocao_09.2024.docx</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/352/mocao_09.2024.docx</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento do Ilustríssimo Senhor JOSÉ CARLOS DE CAMPOS SALOMÃO.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR  PELO FALECIMENTO DO ILUSTRÍSSIMO SENHOR CARLOS JORGE RODRIGUES.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/378/mocao_11.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/378/mocao_11.2024.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento  da Ilustríssima Senhora, Raimunda de Jesus  Bispo.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/376/iago_caetano.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/376/iago_caetano.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Jovem  Iago Caetano  Ferreira.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/377/bartholomeu.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/377/bartholomeu.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Bartholomeu Carvalho da Silva</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/416/mocao_12.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/416/mocao_12.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo Falecimento da Senhora Mirian Castro dos Santos</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/424/mocao_de_pesar__urania_da_paixao.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/424/mocao_de_pesar__urania_da_paixao.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Senhora Urânia da Paixão Alves da Cruz.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Senhor Edson Ivo Rubem de Santana (Dr. Ivo Santana).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Senhora  Nailza Bispo Vasconcelos (D. Branca),</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_decreto_de_lei__001.2024__comenda_25_de_junho.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_decreto_de_lei__001.2024__comenda_25_de_junho.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO 01/2024, INSTITUI A COMENDA 25 DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/336/pdl_comenda_lidice_assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/336/pdl_comenda_lidice_assinado.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA 25 DE JUNHO À EXCELENTÍSSIMA SENHORA LÍDICE DA MATA E SOUZA</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_decreto_legislativo_003.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_decreto_legislativo_003.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA 25 DE JUNHO À ILUSTRÍSSIMO SENHOR ODILON CUNHA ROCHA</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>MOÇÃO DE REPUDIO</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/259/mocao_de_repudio__01-2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/259/mocao_de_repudio__01-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO - ao IPHN  diante da falta de ações efetivas no prédio em ruinas que acarretou no desabamento total do prédio histórico do hotel Colombo.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/260/mocao_de_repudio__01-2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/260/mocao_de_repudio__01-2024.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Conta legislativa</t>
   </si>
   <si>
     <t>TCM</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/345/voto_contas_camara_2022___tcm_ba-1.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/345/voto_contas_camara_2022___tcm_ba-1.pdf</t>
   </si>
   <si>
     <t>Relatório Prestação Anual de Contas_x000D_
 PRESTAÇÃO ANUAL DE CONTAS_x000D_
 Processo TCM nº 07230e23_x000D_
 Exercício Financeiro de 2022_x000D_
 Câmara Municipal de CACHOEIRA_x000D_
 Gestor: Isnaldo Cordeiro da Silva_x000D_
 Relator Cons. Ronaldo Nascimento de Sant´Anna_x000D_
 _x000D_
 Tribunal de Contas dos Municípios do Estado da Bahia</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/401/emenda_modificativa__01.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/401/emenda_modificativa__01.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	3- FUNDO MUNICIPAL DE SAÚDE _x000D_
 SECRETARIA 	8- FUNDO MUNICIPAL DE SAÚDE _x000D_
 UNIDADE	08.01. FUNDO MUNICIPAL DE SAÚDE _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 524.000,00 (1600) _x000D_
 Total R$ 966.292,40_x000D_
 _x000D_
 LEIA –SE :_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 385.000,00 (1600) _x000D_
 4.4.9.0.51.00.00 Obra de Construção do Posto de Saúde Satélite no Quilombo Kaonge R$ 138.900,00  (1600)  _x000D_
 Total R$ 966.292,40</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/408/emenda_modificativa_02.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/408/emenda_modificativa_02.2024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ADITIVA Nº 03/2024_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	6 - SECRETARIA DE CULTURA E TURISMO_x000D_
 UNIDADE	06.01 - SECRETARIA DE CULTURA E TURISMO_x000D_
 _x000D_
 ONDE SE LER:_x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica 7.311.050,82 (1500) _x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 LEIA –SE :_x000D_
 _x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS _x000D_
 3.3.9.0.39.00.00 outros serviços terceiros - pessoa jurídica r$ 6.211.050,82 (1500) _x000D_
 3.3.9.0.39.00.00 apoio financeiro a festa de NOSSA SENHORA D’AJUDA r$100.000,00 (1500)_x000D_
 3.3.9.0.39.00.00 apoio financeiro a FESTA DE NOSSA SENHORA DA BOA MORTE r$ 100.000,00 (1500)_x000D_
 3.3.9.0.39.00.00 apoio financeiro ao FESTIVAL DA OSTRA r$100.000,00 _x000D_
 3.3.9.0.39.00.00 realização da festa de natal em SÃO FRANCISCO DO PARAGUAÇU r$ 100.000,00 (1500)_x000D_
 3.3.9.0.39.00.00 apoio financeiro a FESTA DOS EVANGÉLICOS r$ 100.000,00 (1500)_x000D_
 3.3.9.0.39.00.00 apoio financeiro a FESTA DE IEMANJÁ r$ 100.000,00 (1500)_x000D_
 3.3.9.0.39.00.00 realização da festa de SÃO PEDRO de SANTIAGO DO IGUAPE r$ 500.000,00 (1500) _x000D_
 Total R$ 9.994.763,51</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_modificativa__03.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_modificativa__03.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	7 - SECRETARIA DE ESPORTES_x000D_
 UNIDADE	07.01 - SECRETARIA DE ESPORTES _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 760.000,00 1500 _x000D_
 3.3.9.0.31.00.00 Premiações Cult, Artísti. Científicas, Desp.e outs 20.000,00 1500 _x000D_
 Total R$ 1.266.322,99_x000D_
 _x000D_
 LEIA –SE :_x000D_
 _x000D_
 27.812.005.2041 GESTÃO DAS AÇÕES DA SECRETARIA DE ESPORTE_x000D_
 3.3.5.0.43.00.00 Subvenções Sociais 660.000,00 1500 _x000D_
 3.3.9.0.31.00.00 PREMIAÇÕES DE EVENTOS ESPORTIVOS E OUTROS 120.000,00 1500 _x000D_
 Total R$ 1.266.322,99</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_04.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_04.2024.pdf</t>
   </si>
   <si>
     <t>emenda ao  Projeto de Lei n. 06/2024 AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIOS, CONTRATOS,  termos de confissão de débito e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	02 PODER EXECUTIVO_x000D_
 ORGÃO 	3- FUNDO MUNICIPAL DE SAÚDE_x000D_
 SECRETARIA 	8 – FUNDO MUNICIPAL DE SAÚDE_x000D_
 UNIDADE	08.01 - FUNDO MUNICIPAL DE SAÚDE _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 10.301.009.2053 GERENCIAMENTO DAS AÇÕES DO FUNDO MUNICIPAL DE SAÚDE _x000D_
 3.3.9.0.35.00.00 Serviços de Consultoria 420.000,00 (1500) _x000D_
 Total R$ 14.640.060,61_x000D_
 _x000D_
 LEIA –SE :_x000D_
 10.301.009.2053 GERENCIAMENTO DAS AÇÕES DO FUNDO MUNICIPAL DE SAÚDE _x000D_
 3.3.9.0.35.00.00 Serviços de Consultoria 220.000,00 (1500) _x000D_
 Total R$ 14.440.060,61_x000D_
 _x000D_
@@ -1992,51 +1992,51 @@
     <t>410</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 PODER 	02 PODER EXECUTIVO_x000D_
 ORGÃO 	3- FUNDO MUNICIPAL DE SAÚDE_x000D_
 SECRETARIA 	8 – FUNDO MUNICIPAL DE SAÚDE_x000D_
 UNIDADE	08.01 - FUNDO MUNICIPAL DE SAÚDE _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.52.00.00 Equipamentos e Material Permanente 1.000,00 (1635) _x000D_
 Total R$ 966.292,40_x000D_
 _x000D_
 LEIA –SE :_x000D_
 10.301.009.1004 CONSTRUÇÃO, AMPLIAÇÃO E REFORMA DE UNIDADES DE SAÚDE _x000D_
 4.4.9.0.52.00.00 Equipamentos e Material Permanente 200.000,00 (1635) (EMENDA MODIFICATIVA)_x000D_
 Total R$ 1.166.292,40_x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_modificativa_08.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_modificativa_08.2024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ADITIVA Nº 03/2024_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	10 - SECRETARIA DE OBRAS E MEIO AMBIENTE  _x000D_
 UNIDADE	10.01 - SECRETARIA DE OBRAS E MEIO AMBIENTE _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 17.512.007.2065 GERENCIAMENTO DO SISTEMA DE ABASTECIMENTO DE ÁGUA _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 6.194,06 1500 _x000D_
 Total R$ 576.372,64_x000D_
 15.451.007.2068 GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
 4.4.9.0.51.00.00 Obras e Instalações 1.226.430,66 (1700)_x000D_
 Total R$ 11.612.271,15_x000D_
 _x000D_
 LEIA – SE :_x000D_
 _x000D_
 17.512.007.2065 GERENCIAMENTO DO SISTEMA DE ABASTECIMENTO DE ÁGUA _x000D_
 4.4.9.0.51.00.00 Obras e Instalações 6.194,06 1500 _x000D_
 4.4.9.0.51.00.00 Implantação do sistema de tratamento de água no quilombo Engenho Novo R$300.000,00 (1500)_x000D_
 Total R$ 876.372,64_x000D_
 15.451.007.2068 GESTÃO DAS AÇÕES DA SECRETARIA DE OBRAS E MEIO AMBIENTE_x000D_
@@ -2062,81 +2062,81 @@
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$164.278,04 (1500) _x000D_
 3.3.9.0.92.00.00 Despesas de Exercícios Anteriores R$1.238,15 (1500) _x000D_
 4.4.9.0.51.00.00 Obras e Instalações R$55.126,96 (1500) _x000D_
 4.4.9.0.51.00.00 Obras e Instalações R$1.238,15 (1700) _x000D_
 4.4.9.0.92.00.00 Despesas de Exercícios Anteriores R$1.238,15 (1500) _x000D_
 Total R$ 248.039,05_x000D_
 _x000D_
 LEIA –SE :_x000D_
 27.813.005.1007 CONSTRUÇÃO E CONSERVAÇÃO DE PRAÇAS DESPORTIVAS E DE LAZER _x000D_
 3.3.9.0.30.00.00 Material de Consumo R$15.629,60 (1500) _x000D_
 3.3.9.0.33.00.00 Passagens e Despesas com Locomoção R$8.051,85 (1500) _x000D_
 3.3.9.0.36.00.00 Outros Serviços de Terceiros-Pessoa Física R$1.238,15 (1500) _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$64.278,04 (1500) _x000D_
 3.3.9.0.92.00.00 Despesas de Exercícios Anteriores R$1.238,15 (1500) _x000D_
 4.4.9.0.51.00.00 CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE LAGOA ENCANTADA  R$ 155.126,96 (1500) _x000D_
 4.4.9.0.51.00.00 Obras e Instalações R$1.238,15 (1700) _x000D_
 4.4.9.0.92.00.00 Despesas de Exercícios Anteriores R$1.238,15 (1500) _x000D_
 Total R$ 248.039,05_x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do  Projeto de Lei nº 29/2024 de 30 de setembro de 2024, passando a ter a seguinte redação:</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/420/emenda_modificativa_no_10.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/420/emenda_modificativa_no_10.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ADITIVA Nº      /2024_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	6 - SECRETARIA DE CULTURA E TURISMO_x000D_
 UNIDADE	06.01 - SECRETARIA DE CULTURA E TURISMO_x000D_
 _x000D_
 ONDE SE LER:_x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica 550.000,00 (1701) _x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 LEIA –SE :_x000D_
 _x000D_
 13.392.010.2035 PROMOÇÃO DE FESTAS RELIGIOSAS, CULTURAIS, CIVICAS E TRADICIONAIS _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$ 350.000,00 (1701) _x000D_
 3.3.9.0.39.00.00 APOIO FINACEIRO PARA A FESTA DE SANTO ANTONIO EM CAPOEIRUÇU R$100.000,00 (1701)_x000D_
 3.3.9.0.39.00.00 APOIO FINACEIRO PARA A LAVAGEM DO SENHOR DO BONFIM NA MURUTUBA R$100.000,00 (1701)_x000D_
 Total R$ 9.994.763,51_x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/421/emenda_modificativa_no_11.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/421/emenda_modificativa_no_11.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ADITIVA Nº      /2024_x000D_
 Emenda Modificativa ao Projeto de Lei nº 29/2024 de 30 de setembro de 2024, de autoria do Poder Executivo, que “Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Cachoeira para o Exercício financeiro de 2025 e determina outras providencias”, no qual passará a constar seguinte redação:_x000D_
 _x000D_
 PODER 	PODER EXECUTIVO_x000D_
 ORGÃO 	1-PREFEITURA MUNICIPAL DA CACHOEIRA _x000D_
 SECRETARIA 	6 - SECRETARIA DE CULTURA E TURISMO_x000D_
 UNIDADE	06.01 - SECRETARIA DE CULTURA E TURISMO _x000D_
 _x000D_
 ONDE SE LER:_x000D_
 13.392.010.2038 GESTÃO DAS AÇÕES DA SECRETARIA DE CULTURA E TURISMO _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$885.821,96 (1500) _x000D_
 Total R$ 1.372.122,43_x000D_
 _x000D_
 LEIA –SE :_x000D_
 _x000D_
 13.392.010.2038 GESTÃO DAS AÇÕES DA SECRETARIA DE CULTURA E TURISMO _x000D_
 3.3.9.0.39.00.00 Outros Serviços Terceiros - Pessoa Jurídica R$785.821,96 (1500)_x000D_
 3.3.9.0.39.00.00 APOIO FINANCEIRO PARA MANUTENÇÃO E ATIVIDADES DA CASA DO SAMBA DE RODA DE  DONA DALVA R$100.000,00 (1500)_x000D_
 _x000D_
 Total R$ 1.372.122,43_x000D_
 _x000D_
 Altere-se o anexo Quadro de detalhamento da despesa QDD do Projeto de Lei nº 29/2024 de 30 de setembro de 2024.</t>
   </si>
@@ -2158,69 +2158,69 @@
                     a) Decorrentes de superávit financeiro, até o limite do valor apurado em Balanço Patrimonial, conforme estabelecido no art. 43, §§ 1°, inciso I e 2°, da Lei n° 4.320/64; _x000D_
                    b) Provenientes de excesso de arrecadação, até o limite do valor apurado na forma do art.43, §1°, inciso II, e §§ 3° e 4° da Lei n° 4.320/64; _x000D_
                    c) Decorrentes de anulação parcial ou total de dotações, respeitado o limite de 10 % (dez por cento) do total dos Orçamentos aprovados por esta Lei, conforme permitido pelo art.43, § 1°, inciso III, da Lei n° 4.320/64; _x000D_
 Paragrafo Único: às emendas parlamentares individuais obrigatórias previstas no Art. 167A, na Lei Orgânica Municipal não poderão ser anuladas para cumprimento do inciso I, alínea “c” do art. 5º   _x000D_
                   d) Provenientes de operações de crédito ou saldo de operações de crédito autorizadas em exercícios anteriores e não incluídos na estimativa da receita do exercício. _x000D_
 _x000D_
                    Art. 6º - O limite autorizado no inciso I, alínea “c”, do artigo anterior já será onerado quando o crédito se destinar a: _x000D_
                    I-	     atender ao pagamento de despesas decorrentes de precatórios judiciais, amortização e juros da dívida, mediante utilização de recursos provenientes de anulação de dotações orçamentárias. _x000D_
                    II-	     atender a despesas financiadas com recursos vinculados a operações de crédito e convênios. _x000D_
                    III-	     Atender a insuficiências de outras despesas de custeio e de capital consignadas em Programas de Trabalho das funções Saúde, Assistência, Previdência, e em Programas de Trabalho relacionados à Manutenção e Desenvolvimento do Ensino, mediante o cancelamento de dotações das respectivas funções. _x000D_
                    IV-	     Atender as despesas relativas às emendas parlamentares individuais obrigatórias previstas no Art. 167A, na Lei Orgânica Municipal.   _x000D_
  _x000D_
 Artigo 2º - Esta Lei entra em vigor na data de sua publicação._x000D_
 Artigo 3º - Revoga-se as disposições em contrario a presente</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/330/emenda_aditiva_05.2024.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/330/emenda_aditiva_05.2024.pdf</t>
   </si>
   <si>
     <t>Adiciona Paragrafo Único ao Art 2º do projeto de Lei 06.2024</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/373/emenda_07_cristiano__assinado.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/373/emenda_07_cristiano__assinado.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva que  acrescenta-se o inciso III, ao art 4° o § 6° do Projeto de Lei 22/2024, a seguinte redação. Os parâmetros utilizados neste artigo têm seus efeitos retroagidos ao prazo previsto no caput do artigo 174 do CTN, excluindo os débitos inscritos em dívida ativa...</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/374/emenda_08.2024__paulo_cezar.pdf</t>
+    <t>http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/374/emenda_08.2024__paulo_cezar.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva que  acrescenta-se os Incisos I e II, ao artigo 149, do Projeto de Lei 22/2024, a seguinte redação:   Isenta de pagamento do IPTU os deficientes físicos, doentes  de câncer e os funcionários  públicos municipal que tenham os imóveis  Registrados  no IPTU.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2527,68 +2527,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/243/pl_-_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/245/pl02_reajuste_salarial_2024_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/248/pl03_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/250/pl04_altera_a_estrutura_da_procuradoria_juridica.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_n_17_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_no_06.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/273/pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_dia_dos_desbravadores_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/275/pl_-_criacao_e_regulamentacao_de_programa_de_incentivo_a_educacao_de_jovens_e_adultos_para_erradicacao_do_analfabetismo-1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/279/pl10_2024.pdf_-_pl10__2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/283/pl_no_11.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/302/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/303/pl_no_13.2024__executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/305/pl_14.2024_poder_executivo-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei__15.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/308/pl_16.2024_educacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/309/pl_17.2024_mchat.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/332/pl18.2024_iie_axe.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/335/pl19.2024_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_20.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_frei_galvao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/356/projeto_de_lei_-_codigo_tributario_municipal_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/364/projeto_de_lei_no_25.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/365/pl_no_26.2024_altera_o_limite_de_taxis.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/375/27.2024_-__prorroga_ate_31_de_dezembro_de_2025_a_vigencia_do_plano_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_n_28.2024__-_gratificacao_aos_sevidores__da_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_delei_29-2024___loa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/390/pl_30.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_31.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao__n_001.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de__resolucao_002.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/281/projeto_de_resolucao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_resolucao_no._05.2024b.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_resolucao_06.2024....pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_resolucao_07.2024_mamede.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_resolucao_08.2024_manede.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/353/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/354/projeto_de_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/355/projeto_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/363/projeto_de_resolucao_12.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/361/ps_13.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/371/titulo_de_cidadao_antonio_carlos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/372/titulo_de_cidadao_para_adailton.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/379/titulo_de_cidadao_-_rosemberg.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_resolocao_17.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/422/ps_19.2024__senhor__marcelo_lemo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/310/oficio_81-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_indicacao_preposto_explanacao_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_maria_preta-1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/334/retirada_de_pauta_do_pl_09.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/343/oficio_solicitacao_espaco_legislativo__para_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_94-2024_convite_para_1a_audiencia_publica_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/366/oficio_-_retirada_de_pauta_de_pl-1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/367/anexo_-_projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/386/oficio_solicitacao_espaco_legislativo__audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/387/oficio_2a_audiencia_publica_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/389/mensagem_29-2024_ploa_2025_pm_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/285/mocao_aplausos_e_congr.__pititinga__2024_autoria_laeson.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_02_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/293/03_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/333/mocao_de_aplausos_e_congradulacoes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/381/mocao_05.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/383/mocao_06.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/382/mocao_07.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/391/mocao_de_congradulacao_08.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/392/mocao_09.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_n.o_01_de_2024._dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/252/indicacao_n.o_02_de_2024._poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_n.o_03_de_2024._pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/254/indicacao_n.o_04_de_2024._conciencia_negra.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/256/page_1_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/265/indicacao_07_11..03.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/266/indicacao_08__11.03.24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_09___11.03.24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/268/indicacao_orador_25_de_junho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/269/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/270/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/276/indicacao13.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_15.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_16.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_17_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_18_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_19_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_20.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_n_21.2024_laelsoncxcultural.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/307/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_23.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_24.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_25.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_26.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_27.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_28.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_29.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_30.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_31.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_32.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_mostra_do_vaqueiro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_34.2024_construcao_da_praca_coubi_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_35.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_36.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_calcamento_do_alto_do_tunel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/369/indicacao_calcamento_formiga.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/370/indicacao_associacao_de_moradores_alto_do_tunel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/384/indicacao_41.2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/427/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/257/veto_01.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/400/emenda_impositiva__01.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/399/emenda_impositiva__03.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/402/emenda_impositiva__05.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/403/emenda_impositiva__06.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/405/emenda_legislativa_impositiva_08.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/406/emenda_legislativa_impositiva_09.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_de_pesar_02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/280/mocao_de_pesar_03.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/300/mocao_de_pesar_04.2024..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/301/mocao_de_pesar_05.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/324/mocao_de_pesar_08.2024.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/352/mocao_09.2024.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/378/mocao_11.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/376/iago_caetano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/377/bartholomeu.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/416/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/424/mocao_de_pesar__urania_da_paixao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_decreto_de_lei__001.2024__comenda_25_de_junho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/336/pdl_comenda_lidice_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_decreto_legislativo_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/259/mocao_de_repudio__01-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/260/mocao_de_repudio__01-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/345/voto_contas_camara_2022___tcm_ba-1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/401/emenda_modificativa__01.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/408/emenda_modificativa_02.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_modificativa__03.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_04.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_modificativa_08.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/420/emenda_modificativa_no_10.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/421/emenda_modificativa_no_11.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/330/emenda_aditiva_05.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/373/emenda_07_cristiano__assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/374/emenda_08.2024__paulo_cezar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/243/pl_-_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/245/pl02_reajuste_salarial_2024_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/248/pl03_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/250/pl04_altera_a_estrutura_da_procuradoria_juridica.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_n_17_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_no_06.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/273/pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_dia_dos_desbravadores_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/275/pl_-_criacao_e_regulamentacao_de_programa_de_incentivo_a_educacao_de_jovens_e_adultos_para_erradicacao_do_analfabetismo-1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/279/pl10_2024.pdf_-_pl10__2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/283/pl_no_11.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/302/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/303/pl_no_13.2024__executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/305/pl_14.2024_poder_executivo-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei__15.2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/308/pl_16.2024_educacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/309/pl_17.2024_mchat.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/332/pl18.2024_iie_axe.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/335/pl19.2024_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_20.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_frei_galvao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/356/projeto_de_lei_-_codigo_tributario_municipal_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/364/projeto_de_lei_no_25.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/365/pl_no_26.2024_altera_o_limite_de_taxis.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/375/27.2024_-__prorroga_ate_31_de_dezembro_de_2025_a_vigencia_do_plano_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_n_28.2024__-_gratificacao_aos_sevidores__da_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_delei_29-2024___loa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/390/pl_30.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_31.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao__n_001.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de__resolucao_002.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/281/projeto_de_resolucao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_resolucao_no._05.2024b.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_resolucao_06.2024....pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_resolucao_07.2024_mamede.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_resolucao_08.2024_manede.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/353/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/354/projeto_de_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/355/projeto_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/363/projeto_de_resolucao_12.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/361/ps_13.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/371/titulo_de_cidadao_antonio_carlos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/372/titulo_de_cidadao_para_adailton.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/379/titulo_de_cidadao_-_rosemberg.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_resolocao_17.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/422/ps_19.2024__senhor__marcelo_lemo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/310/oficio_81-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_indicacao_preposto_explanacao_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_maria_preta-1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/334/retirada_de_pauta_do_pl_09.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/343/oficio_solicitacao_espaco_legislativo__para_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_94-2024_convite_para_1a_audiencia_publica_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/366/oficio_-_retirada_de_pauta_de_pl-1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/367/anexo_-_projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/386/oficio_solicitacao_espaco_legislativo__audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/387/oficio_2a_audiencia_publica_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/389/mensagem_29-2024_ploa_2025_pm_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/285/mocao_aplausos_e_congr.__pititinga__2024_autoria_laeson.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_02_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/293/03_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/333/mocao_de_aplausos_e_congradulacoes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/381/mocao_05.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/383/mocao_06.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/382/mocao_07.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/391/mocao_de_congradulacao_08.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/392/mocao_09.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_n.o_01_de_2024._dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/252/indicacao_n.o_02_de_2024._poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_n.o_03_de_2024._pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/254/indicacao_n.o_04_de_2024._conciencia_negra.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/256/page_1_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/265/indicacao_07_11..03.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/266/indicacao_08__11.03.24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_09___11.03.24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/268/indicacao_orador_25_de_junho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/269/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/270/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/276/indicacao13.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/277/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_15.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_16.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_17_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_18_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_19_ver_cristiano.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/291/indicacao_20.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_n_21.2024_laelsoncxcultural.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/307/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_23.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_24.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_25.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_26.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_27.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_28.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_29.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_30.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_31.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_32.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_mostra_do_vaqueiro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_34.2024_construcao_da_praca_coubi_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_35.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_36.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_calcamento_do_alto_do_tunel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/369/indicacao_calcamento_formiga.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/370/indicacao_associacao_de_moradores_alto_do_tunel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/384/indicacao_41.2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/427/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/257/veto_01.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/400/emenda_impositiva__01.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/399/emenda_impositiva__03.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/402/emenda_impositiva__05.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/403/emenda_impositiva__06.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/405/emenda_legislativa_impositiva_08.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/406/emenda_legislativa_impositiva_09.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_de_pesar_02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/280/mocao_de_pesar_03.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/300/mocao_de_pesar_04.2024..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/301/mocao_de_pesar_05.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/324/mocao_de_pesar_08.2024.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/352/mocao_09.2024.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/378/mocao_11.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/376/iago_caetano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/377/bartholomeu.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/416/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/424/mocao_de_pesar__urania_da_paixao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_decreto_de_lei__001.2024__comenda_25_de_junho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/336/pdl_comenda_lidice_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_decreto_legislativo_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/259/mocao_de_repudio__01-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/260/mocao_de_repudio__01-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/345/voto_contas_camara_2022___tcm_ba-1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/401/emenda_modificativa__01.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/408/emenda_modificativa_02.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_modificativa__03.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_04.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_modificativa_08.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/420/emenda_modificativa_no_10.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/421/emenda_modificativa_no_11.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/330/emenda_aditiva_05.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/373/emenda_07_cristiano__assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2024/374/emenda_08.2024__paulo_cezar.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="195" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="194.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>