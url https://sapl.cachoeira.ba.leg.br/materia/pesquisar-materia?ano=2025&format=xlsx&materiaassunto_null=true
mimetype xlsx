--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2334" uniqueCount="1061">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3606" uniqueCount="1557">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -424,51 +424,51 @@
 SECRETARIA MUNICIPAL DE_x000D_
 ASSISTÊNCIA SOCIAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/681/pl_-_suas_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE_x000D_
 ASSISTÊNCIA SOCIAL DO MUNICÍPIO_x000D_
 CACHOEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/682/ppa_2026-2029_-_pm_cachoeira_assinado.pdf</t>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/682/ppa_2026_atualizado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_ordina_ria._instituiaao_das_dastas_das_cavalgadas_no_ambito_municipal.pdf</t>
   </si>
   <si>
     <t>Fica instituída e incluída no Calendário Oficial de Eventos do Município de_x000D_
 Cachoeira/BA, as Cavalgadas organizadas em grupos de montaria. _x000D_
 Grupo Capa de Sela, Grupo sem Fronteira, Cavalgada do primo e Amigos, Grupo Bom de Laço, Grupo Diferentes dos Iguais, Grupo Laço de Ouro, Grupo Amigos de Ouro.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
@@ -588,50 +588,147 @@
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei__para_reforma_administrativa_-_secretaria_de_igualdade_racial.pdf</t>
   </si>
   <si>
     <t>Altera a estrutura organizacional da Secretaria Municipal de Igualdade Racial e da Secretaria Municipal de Assistência e Desenvolvimento Social, no âmbito do Município de Cachoeira-BA, e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_-_autorizacao_de_compra_de_imovel_de_sr._aloisio.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo, em nome do Município de Cachoeira, a adquirir a título oneroso o bem imóvel que especifica, para fins de construção _x000D_
 de Unidade Básica de Saúde na Ladeira da Cadeia, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/747/pl_-_buscape.docx_28229_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Declara  a  Quadrilha Junina Buscapé como Patrimônio Histórico, Cultural e Imaterial do Município de Cachoeira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_nova_lei_de_parcelamento_do_solo_2025.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre as Novas Diretrizes para o Parcelamento do Solo Urbano e Rural no âmbito do Município de Cachoeira/BA”.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_lei_-_criacao_da_ouvidoria_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“INSTITUI A OUVIDORIA GERAL DO MUNICÍPIO DE CACHOEIRA, NO ESTADO DA BAHIA, DISPÕE SOBRE SUA ORGANIZAÇÃO, COMPETÊNCIAS E FUNCIONAMENTO, DEFINE AS ATRIBUIÇÕES DO OUVIDOR-GERAL E DO ASSISTENTE ADMINISTRATIVO DA OUVIDORIA E DÁ OUTRAS PROVIDÊNCIAS”,</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/862/pl_46_2025_alteracao_do_nome_do_cine_teatro.pdf</t>
+  </si>
+  <si>
+    <t>Alterar o nome do Cine Teatro Cachoeirano.</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/873/oficio_no_102-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Plano Municipal de Segurança Publica e Defesa Social do Município de Cachoeira/BA, revoga a Lei Municipal n° 1.348/2024 e da outras providencias."</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_-_incentivo_aos_profissionais_da_saude_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APLICAÇÃO DO INCENTIVO FINANCEIRO ANUAL DO COMPONENTE DE QUALIDADE EM PARCELA ÚNICA PARA AS EQUIPES DE SAÚDE DA FAMÍLIA (ESF), EQUIPES DE SAÚDE BUCAL (ESB) E EQUIPES MULTIPROFISSIONAIS (EMULTI) NA ATENÇÃO PRIMÁRIA À SAÚDE – APS, CONFORME A PORTARIA 3.493 DE 10 DE ABRIL DE 2024 (NOVO MODELO DE FINANCIAMENTO DO SUS), NO ÂMBITO DO MUNICÍPIO DE CACHOEIRA-BA,_x000D_
+E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/882/pl_-_secretaria_da_mulher_-_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o desmembramento da Secretaria de Promoção e Igualdade Racial para criação e estruturação da Secretaria da Mulher, para atuar no âmbito do Município de Cachoeira - BA, e dá outras providências</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_-_utilidade_publica_-_baixa_grande_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA A ASSOCIAÇÃO COMUNITÁRIA DO POVOADO BAIXA GRANDE DE UTILIDADE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_resolucao_01.2025.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO SENHOR MARCELO OLIVEIRA SILVA</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_resolucao_02.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ CACHOEIRANA A ILUSTRÍSSIMA SENHORA GLAUCIA DE OLIVEIRA BARONI</t>
   </si>
@@ -698,51 +795,51 @@
   <si>
     <t>604</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/604/projeto_de_resolucao_08.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 17/2024, o Regimento Interno da Câmara Municipal de Cachoeira.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>PAULO C. R. LEITE</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_resolucao_no._09.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO  ANTÔNIO LIBERAC . SIMÕES PIRES.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_resolucao_no._10.2025.pdf</t>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_resolucao_no_17.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO ILUSTRÍSSIMO SR. GUSTAVO TELES VERAS NUNES</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>CRISTIANO DE LOURO PAI VEI</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_resolucao_no._11.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ CACHOEIRANA A ILUSTRÍSSIMA SRA. PROF. CALINE XAVIER RIBEIRO</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/627/titulo_carlos_daniel.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº12/2025_x000D_
 “CONCEDE TÍTULO DE CIDADÃO CACHOEIRANO AO SR. CARLOS DANIEL SANTANA DOS SANTOS.”</t>
@@ -926,50 +1023,185 @@
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_votacao_em_dois_turnos_final.pdf</t>
   </si>
   <si>
     <t>No uso de minhas atribuições legais e regimentais, venho, respeitosamente, apresentar o presente requerimento, com fundamento nos dispositivos do Regimento Interno da Câmara Municipal de Cachoeira – BA (Resolução nº 03/2018), venho, respeitosamente, apresentar o presente requerimento, com vistas a assegurar o cumprimento rigoroso do rito legislativo previsto para proposições que exigem votação em dois ou mais turnos.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_mais_amor.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Poder Executivo a necessidade de uma infraestrutura solicitação de apoio estrutural, logístico e material para a realização da Ação Social “Amor em Missões. Missões em Amor”, a ocorrer no dia 26 de outubro de 2025, das 08h às 17h, na Praça do Cristo, na zona rural, Tabuleiro da Vitória.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento__posto_do_tabuleiro.pdf</t>
   </si>
   <si>
     <t>Adoção de medidas urgentes para a reforma e manutenção do Posto de Saúde do Tabuleiro da Vitória, considerando as necessidades apresentadas pela comunidade local.</t>
   </si>
   <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_no_15_2025.pdf</t>
+  </si>
+  <si>
+    <t>Venho, por meio deste, solicitar a Requerer do Ilustríssimo Secretário de Esportes, o senhor Júlio César, nesta Casa Legislativa, para prestar esclarecimentos e tratar de assuntos relacionados às ações e projetos desenvolvidos pela Secretaria de Esportes em nosso município.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/744/ppa_2026.pdf</t>
+  </si>
+  <si>
+    <t>PLANO PLURIANUAL - PPA</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/781/requerimento.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO_x000D_
+Excelentíssimo Senhor Presidente da Câmara de Vereadores de Cachoeira,_x000D_
+O Vereador Laelson Luis Ferreira Bispo, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência requerer a retirada de tramitação das seguintes emendas apresentadas ao Projeto de Lei nº 29/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026-2029, por motivo de ajustes na redação, sendo certo que serão oportunamente protocoladas em nova data, com outra numeração:_x000D_
+_x000D_
+Emenda nº 18/2025 – Salvaguarda do Patrimônio Cultural Imaterial Reconhecido por Lei Municipal_x000D_
+_x000D_
+Emenda nº 17/2025 – Transporte Público Rural_x000D_
+_x000D_
+Emenda nº 16/2025 – Valorização dos Prestadores de Serviço Temporário_x000D_
+_x000D_
+Emenda nº 15/2025 – Planejamento e Realização de Concurso Público_x000D_
+_x000D_
+Emenda nº 14/2025 – Requalificação e Ampliação do CAPS_x000D_
+_x000D_
+Emenda nº 13/2025 – Reforma e Modernização dos CRA_x000D_
+_x000D_
+Emenda nº 12/2025 – Programa de Apoio aos Pescadores, Marisqueiras e Trabalhadores Rurais_x000D_
+_x000D_
+Emenda nº 11/2025 – Criação do Programa “Juventude Ativa”_x000D_
+_x000D_
+Emenda nº 10/2025 – Fortalecimento da Participação Popular e Controle Social_x000D_
+_x000D_
+Emenda nº 09/2025 – Criação do Programa “Juventude Ativa”_x000D_
+_x000D_
+Emenda nº 08/2025 – Criação do Programa “Cachoeira Digital”_x000D_
+_x000D_
+Emenda nº 07/2025 – Ações específicas para a população LGBTQIAPN+_x000D_
+_x000D_
+Emenda nº 06/2025 – Estruturação e Fortalecimento do CREAS_x000D_
+_x000D_
+Emenda nº 05/2025 – Criação do Programa “Moradia Rural Digna”_x000D_
+_x000D_
+Justificativa: A presente solicitação se faz necessária para que sejam realizados ajustes técnicos e de redação nas emendas acima relacionadas, garantindo maior clareza e adequação legislativa. Após as correções, as emendas serão novamente apresentadas em momento oportuno, com nova numeração._x000D_
+Nestes termos, Pede deferimento.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/789/requewrimento_solicitando_a_retirada_de_emendas_27112025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssimo Senhor Presidente da Câmara de Vereadores de Cachoeira,_x000D_
+O Vereador Laelson Luis Ferreira Bispo, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência requerer a retirada de tramitação das emendas relacionadas abaixo, ao Projeto de Lei nº 29/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026-2029, por motivo de ajustes no tipo de emenmda, sendo certo que serão oportunamente protocoladas em nova data, com outra numeração:_x000D_
+•_x000D_
+Emendas: nº 23/2025; 22/2025; 21/2025; 20/2025; 19/2025; 18/2025; 17/2025; 16/2025; 15/2025; 14/2025; 13/2025; 12/2025 e 11/2025._x000D_
+Justificativa: A presente solicitação se faz necessária para que sejam realizados ajustes técnicos e de redação nas emendas acima relacionadas, garantindo maior clareza e adequação legislativa. Após as correções, as emendas serão novamente apresentadas em momento oportuno, com nova numeração._x000D_
+Nestes termos, Pede deferimento._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_solicitando_a_retirada_de_emendas_modificativas_28112025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO_x000D_
+Excelentíssimo Senhor Presidente da Câmara de Vereadores de Cachoeira,_x000D_
+O Vereador Laelson Luis Ferreira Bispo, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência requerer a retirada de tramitação das emendas MODIFICATIVAS relacionadas abaixo, ao Projeto de Lei nº 29/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026-2029, por motivo de ajustes no tipo de emenmda, sendo certo que serão oportunamente protocoladas em nova data, com outra numeração:_x000D_
+Emendas Modificativas:_x000D_
+23/2025_x000D_
+22/2025_x000D_
+21/2025_x000D_
+20/2025_x000D_
+19/2025_x000D_
+18/2025_x000D_
+17/2025_x000D_
+16/2025_x000D_
+15/2025_x000D_
+14/2025_x000D_
+13/2025_x000D_
+12/2025_x000D_
+11/2025</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_solicitacao_de_parecer_referente_ao_ppa-assinada.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº20/2025_x000D_
+Excelentíssimo Senhor Presidente da Câmara Municipal de Cachoeira,_x000D_
+O Vereador Laelson Luís Ferreira Bispo (Laelson de Roxo), no uso de suas atribuições regimentais e legais, vem respeitosamente requerer a Vossa Excelência:_x000D_
+A disponibilização de cópia dos pareceres emitidos pelas seguintes Comissões Permanentes desta Casa Legislativa, bem como do parecer jurídico da Assessoria da Câmara, referentes às emendas aditivas apresentadas ao Projeto de Lei nº 29/2025 – Plano Plurianual (PPA) para o quadriênio 2026–2029,</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/809/solicitacao_de_retirada_de_tramitacao_da_emenda_parlamentar_impositiva_no_19_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 21/2025_x000D_
+Excelentíssimo Senhor Presidente da Câmara Municipal de Cachoeira – BA_x000D_
+Assunto: Solicitação de retirada de tramitação da Emenda Parlamentar Impositiva nº 19/2025_x000D_
+Senhor Presidente,_x000D_
+O Vereador Laelson Luís Ferreira Bispo, no uso de suas atribuições regimentais, vem respeitosamente requerer a retirada de tramitação da Emenda Parlamentar Impositiva nº 19/2025, apresentada ao Projeto de Lei nº 40/2025 – LOA 2026._x000D_
+O referido pedido se justifica pelo fato de que, ao elaborar a emenda, não foi indicada a dotação orçamentária a ser anulada para abertura do crédito necessário, conforme exigem a Lei Federal nº 4.320/64, a Lei de Responsabilidade Fiscal e o Regimento Interno desta Casa. Tal ausência inviabiliza a correta tramitação e execução da emenda, razão pela qual se faz necessária sua retirada.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_marcos_elias-1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de retirada de tramitação das emendas parlamentares impositivas relacionadas, apresentadas ao Projeto de Lei nº 40/2025 – LOA 2026, por motivo de ajustes no tipo de emenda, sendo certo que serão oportunamente protocoladas em nova data, com outra numeração.</t>
+  </si>
+  <si>
     <t>438</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_minerva_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações_x000D_
 O vereador que esta subscreve, vem, na forma regimental, inserir na ata dos trabalhos_x000D_
 desta Casa Moção de Aplausos e Congratulações à Sociedade Lítero Musical_x000D_
 Minerva Cachoeirana pelos 147 anos de Cultura e Cidadania._x000D_
 Dê-se conhecimento à Diretoria da Filarmônica._x000D_
 Sala das Sessões da Câmara, 07 de fevereiro de 2025</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/450/dr_dias_mocao_02_17.02.2025.pdf</t>
   </si>
@@ -1124,50 +1356,95 @@
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/683/mocao_n._17.2025_marcos_moura.pdf</t>
   </si>
   <si>
     <t>Moção de “APLAUSOS CONGRATULAÇÕES” ao Ilustríssimo Senhor Marcos Roberto Moura de Almeida, idealizador da 10ª edição AGOSTO DO BLUES.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/715/mocao_18_fisioterapeuta_e_terapeutas_ocupacionais.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AOS PROFISSIONAIS DE FISIOTERAPEUTAS E TERAPEUTAS OCUPACIONAIS</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/720/mocao_de_aplausos_abw.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS, a ABW - Associação de B Boys e BGirls para_x000D_
 o Mundo. pelos 19 anos de fundação, ocorrido em 12/10/2025.</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/729/mocao_de_aplausos_kaonge.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES nº 20/2025_x000D_
+_x000D_
+A Câmara Municipal de Cachoeira, Estado da Bahia, no uso de suas atribuições legais e regimentais, vem, por meio desta, apresentar Moção de Aplausos e Congratulações à comunidade do Kaonge pela conquista do Selo Quilombos do Brasil e do Selo Nacional da Agricultura Familiar, outorgados pelo Ministério do Desenvolvimento Agrário e Agricultura Familiar.</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/730/mocao_de_aplausos_mutecho_acutinga.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES nº 21/2025_x000D_
+_x000D_
+A Câmara Municipal de Cachoeira, Estado da Bahia, no uso de suas atribuições legais e regimentais, vem, por meio desta, apresentar Moção de Aplausos e Congratulações à comunidade do Mutecho Acutinga pela conquista do Selo Quilombos do Brasil e do Selo Nacional da Agricultura Familiar, outorgados pelo Ministério do Desenvolvimento Agrário e Agricultura Familiar.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/740/mocao_de_aplausos_e_congratulacoes_edson_falcao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos e congratulações só senhor Édson Conceição Falcão pelo título de notório saber em difusão do conhecimento.</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/805/mocao_de_aplausos_a_associacao_de_mulheres_negras_no_quilombo_engenho_da_ponte_armnqep.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS Nº ___/2025_x000D_
+O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente apresentar à apreciação do Plenário a presente MOÇÃO DE APLAUSOS à Associação de Mulheres Negras no Quilombo Engenho da Ponte (ARMNQEP) e à liderança quilombola Maria Abade Confessor, pelos relevantes serviços prestados à valorização da cultura, da memória e dos direitos das comunidades quilombolas do Recôncavo Baiano._x000D_
+A ARMNQEP, sob a articulação firme e inspiradora de Maria Abade Confessor, realizou com excelência o 10º Encontro de Mulheres Negras Quilombolas, ocorrido em agosto de 2025, e o evento “Refazendo Passos: Honrando a Memória no Vale do Iguape”, nos dias 28 e 29 de novembro de 2025. Ambos os encontros reafirmaram o papel fundamental das mulheres negras quilombolas como guardadoras da história, da cultura e da ancestralidade do Recôncavo Baiano._x000D_
+A atuação da ARMNQEP fortalece os territórios tradicionais, promove práticas agroecológicas sustentáveis e fomenta o protagonismo feminino nas lutas sociais e culturais. A liderança de Maria Abade Confessor é símbolo de resistência, sabedoria e compromisso com a continuidade dos saberes ancestrais._x000D_
+Diante do exposto, esta Casa Legislativa manifesta seu reconhecimento público e sua admiração, aprovando esta Moção de Aplausos como forma de incentivo e valorização da luta quilombola e da memória negra._x000D_
+Sala das Sessões da Câmara Municipal de Cachoeira – BA, 29 de novembro de 2025.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, para que seja oficiado a senhora prefeita Eliana Gonzaga de Jesus, a construção de uma Quadra Poliesportiva no bairro da Matinha.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Indico a Douta Mesa, para que seja oficiado a Secretaria de Obras e meio Ambiente, a requalificar o calçamento da comunidade da Matinha.</t>
   </si>
@@ -1554,133 +1831,109 @@
 Soberano Plenário na forma regimental seja encaminhado expediente a Prefeita Srª. Eliana de Jesus, no sentido da mesma efetuar revitalização \ construção da Praça do Alto do Camelo, com Parque Infantil, Quiosque e Internet gratuita visando a interação e o lazer da comunidade.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>No sentido da mesma autorizar a secretaria competente realizar serviços de urbanização do Alto da Levada com calçamento e praça.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>Solicitando da mesma a Requalificação do jardim da Praça Marechal_x000D_
 Deodoro (em frente ao Salão de Pinto).</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>Solicitando da mesma a Requalificação do campo Cucuí de Caboclo.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicitando uma Academia Ar Livre, e a Requalificação do Jardim que_x000D_
 fica em frente a Associação no Alto do Rosarinho.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>solicitando colocação de corrimão na escadaria que liga a Rua dos Artistas ao Rosarinho.</t>
   </si>
   <si>
     <t>493</t>
-  </si>
-[...1 lines deleted...]
-    <t>45</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_-_instalacao_dos_correios.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 45/2025_x000D_
 O Vereador que abaixo subscreve indica a nobre Mesa, consultando o Augusto e Soberano Plenário na forma regimental que seja encaminhado expediente a Prefeita Srª. Eliana Gonzaga, ao Presidente dos Correios Sr. Fabiano Silva dos Santos e-mail: presidencia@correios.com.br no sentido dos mesmos darem continuidade ao convenio que visa instalar o posto dos Correios no distritos de Santiago do Iguape.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/495/indicacao_-_iluminacao_do_ponto_do_dende_ate_a_escola.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 46/2025_x000D_
 O Vereador que abaixo subscreve indica a nobre Mesa, consultando o Augusto e Soberano Plenário na forma regimental que seja encaminhado expediente a Prefeita Srª. Eliana Gonzaga, no sentido da mesma instalar iluminação pública do ponto do Dendê na Opalma até a Escola General Alfredo Americo.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/496/indicacao._esc._ladeira.docx_28229_assinado_2.pdf</t>
   </si>
   <si>
     <t>Indicação de reforma na escadaria da Ladeira da Cadeia</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_-_campo_rua_sao_felix.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve indica a nobre Mesa, consultando o Augusto e Soberano Plenário na forma regimental que seja encaminhado expediente a Prefeita Srª. Eliana Gonzaga, no sentido da mesma efetuar a reforma e modernização do Campo de futebol com instalação de Alambrado. O campo é localizado as margens da BA 880 na entrada da Rua São Felix em Santiago do Iguape.</t>
   </si>
   <si>
     <t>507</t>
-  </si>
-[...1 lines deleted...]
-    <t>49</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/507/implantar_um_servico_de_transporte_de_passageiros_das_comunidades_da_zona_.pdf</t>
   </si>
   <si>
     <t>Indicação 49/2025_x000D_
 O vereador que abaixo subscreve indica a nobre Mesa, consultando o augusto e soberano Plenário na forma regimental vigente para que seja encaminhado expediente à Srª Prefeita Eliana de Jesus no sentido de realizar estudos para implantar um serviço de transporte de passageiros das comunidades da zona rural para a sede da cidade nos turnos da manhã e tarde com regularização de horários.</t>
   </si>
   <si>
     <t>509</t>
-  </si>
-[...1 lines deleted...]
-    <t>50</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/509/implantar_um_sistema_de_protocolo_eletronico.pdf</t>
   </si>
   <si>
     <t>Indicação 50/2025_x000D_
 O vereador que abaixo subscreve indica a nobre Mesa, consultando o augusto e soberano Plenário na forma regimental vigente para que seja encaminhado expediente à Srª Prefeita Eliana de Jesus no sentido de realizar estudos e implantar um Sistema de Protocolo Eletrônico, possibilitando mais transparência e acessibilidade para a população.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_-_central_de_ambulancias.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve indica a nobre Mesa, consultando o Augusto e Soberano Plenário na forma regimental que seja encaminhado expediente a Prefeita Srª. Eliana Gonzaga, no sentido da mesma Instalar Central de Ambulâncias onde o cidadão possa acionar um único canal através de telefone 0800 ou Whatzapp principalmente nos finais de semanas e a noite e fazer a divulgação do serviço com fixação de cartazes nos postos de saúde nas áreas internas e externas.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>52</t>
@@ -3022,50 +3275,293 @@
     <t>Indico a necessidade de pavimentação na localidade do Brejo, especificamente na Rua de Leninha.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_no101.2025_moises.docx</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar á Excelentíssima Senhora Prefeita Eliana Gonzaga que sejam adotadas providências junto ao setor competente da administração pública. Que seja realizada a Requalificação da sede da Associação de Moradores da Comunidade de Belém.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_cursos_de_qualificacao.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve indica à nobre Mesa, consultando o Augusto e Soberano Plenário na forma regimental, que seja encaminhado expediente à Excelentíssima Senhora Prefeita de Cachoeira, Eliana Gonzaga de Jesus, solicitando a criação e oferta de cursos de qualificação e capacitação profissional voltados à população em geral.</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no._158_solicitar_da_prefeitura_requalificacao_com_cascalho_nas_estradas_vicinais__boa_vista_de_belem_belem_ao_tupim.pdf</t>
+  </si>
+  <si>
+    <t>Seja oficiada a Prefeita do município de Cachoeira Eliana Gonzaga de Jesus, requalificação com cascalho nas estradas vicinais ! Boa Vista de Belém, Belém ao Tupim.</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no._159__requalificacao_ddas_estras_engenho_da_vitoria_ate_o_taboleiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita requalificação das estradas engenho dá vitória subindo para o tabuleiro no moinho</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao__4.pdf</t>
+  </si>
+  <si>
+    <t>Gentilmente solicito a reforma e requalificação da Praça da localidade do Brejo, zona rural do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_-_praca_nova_esperanca.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, _x000D_
+para que seja oficiado a Prefeita do Município, Sra. Eliana Gonzaga de Jesus, no _x000D_
+sentido da mesma realizar construção de uma praça pública na comunidade _x000D_
+Nova Esperança, no município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_caixas_de_lixo_do_quebra_bunda.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, _x000D_
+para que seja oficiado a Prefeita Eliana Gonzaga de Jesus e a Secretaria _x000D_
+Municipal de Obras no sentido da mesma realizar construção de caixas de lixo _x000D_
+em pontos estratégicos na comunidade do Quebra Bunda.</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/734/solicitacao_secretario_de_esporte_julio_cesar.docx</t>
+  </si>
+  <si>
+    <t>Solicitação de Comparecimento_x000D_
+Senhor Presidente,_x000D_
+Venho, por meio deste, solicitar a presença do Ilustríssimo Secretário de Esportes, o senhor Júlio César, nesta Casa Legislativa, para prestar esclarecimentos e tratar de assuntos relacionados às ações e projetos desenvolvidos pela Secretaria de Esportes em nosso município.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_pintura_dos_redutores_de_velocidades.docx</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que _x000D_
+seja encaminhado ao setor competente da Prefeitura municipal que seja realizada a identificação e sinalização adequada dos redutores de velocidades( quebra molas) situados em diversos pontos da cidade afim garantir maior segurança aos motoristas e pedestres.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_vistoria_nas_escolas.docx</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que _x000D_
+seja encaminhado ao setor competente da Prefeitura Municipal que sejam realizadas, com urgência manutenções preventivas e corretivas na rede  e nos equipamentos da rede elétrica das unidades escolares da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_corrimao_na_ladeira_do_cucuii..docx</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, para que _x000D_
+seja encaminhado ao setor competente da Prefeitura Municipal que seja instalada estruturas de corrimão na ladeira do Cucuí de Brito, afim de garantir segurança e instabilidade aos moradores da ladeira .</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>Implantação das Torres de Celular 4G nas localidades de Tabuleiro da Vitória e Belém na cidade de Cacheoira.</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>Solicitando go Governo do Estado Liberação das Torres de Internet 4G nas comunidade de Tabuleiro e Belém no Município da Cachoeira.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>solicitando da Prefeitura da Cachoeira desapropriação ou compras de um terreno para implantação da novo UPA do distrito do Iguape.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/746/telamento_terra_vermelha.pdf</t>
+  </si>
+  <si>
+    <t>Indicação na forma regimental, ao Excelentíssimo Senhor Prefeito do Município de Cachoeira, que seja realizada a colocação de tela de proteção no campo de futebol localizado na comunidade de Terra Vermelha.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_171_orador_do_13_de_marco.pdf</t>
+  </si>
+  <si>
+    <t>Indico a Douta Mesa, ouvido o Plenário na forma Regimental vigente, o nome do Senhor MANOEL MARTINS GOMES FILHO, para orador do 13 de março de 2026 data de elevação a categoria de cidade</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_no._172.2025.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do espaço onde estava lotada a secretaria de transporte, espaço que pertence a Escola Edwaldo Brandão Correia, onde o mesmo se encontra em estado sem condições nenhuma de uso.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_no._173.2025.pdf</t>
+  </si>
+  <si>
+    <t>A revitalização da praça no povoado do Ponto Certo, onde a mesma sem encontra em péssimas condições.</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_no._174.2025.pdf</t>
+  </si>
+  <si>
+    <t>Referente a locação de um novo poço artesiano para aprender as necessidades das  comunidades do Alto do Camelo / Cobí.</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no._175.2025.pdf</t>
+  </si>
+  <si>
+    <t>referente esclarecimento obra de contenção da encosta no  Alto do Jenipapeiro onde a mesma o terreno veio ceder.</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_quadra_da_terra_vermelha.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requalificação completa da quadra esportiva da comunidade Terra Vermelha</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_caixa_d27agua_da_terra_vermelha.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>reforma estrutural da base da caixa d’água da Terra _x000D_
+Vermelha e a instalação de uma nova caixa de 20.000 litros.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/463/emenda_modificativa__assinado.pdf</t>
   </si>
   <si>
     <t>Gabinete do Vereador Laelson Luís Ferreira Bispo._x000D_
 Emenda Modificativa ao Projeto de Lei N.º 02/2025._x000D_
 _x000D_
 Art. 1º - Modifique-se o inciso I do Art. 1º do referido projeto de lei, que passa a vigorar com a seguinte redação:_x000D_
 "I - Decorrentes de anulação parcial ou total de dotação até o limite de 15% (Quinze por cento) do Orçamento Municipal, que Estima a Receita e Fixa as Despesas para o exercício financeiro de 2025, nos termos do art. 43, § 1º, inciso III da Lei 4.320/64."_x000D_
 _x000D_
 _x000D_
 LAELSON LUIS FERREIRA BISPO_x000D_
 VEREADOR</t>
   </si>
   <si>
@@ -3102,50 +3598,734 @@
   <si>
     <t>EMENDA MODIFICATIVA AO ART. 7º DO PROJETO DE LEI Nº_____ 26/2025._x000D_
 Art. 7º. O Conselho Municipal dos Direitos da Mulher – CMDM será constituído por 16 (dezesseis) membros titulares e 16 (dezesseis) suplentes, sendo:_x000D_
 I – 08 (oito) membros titulares e 08 (oito) suplentes do Poder Público Municipal, indicados da seguinte forma:_x000D_
 a._x000D_
 07 (sete) membros titulares e 07 (sete) suplentes indicados pelo Chefe do Poder Executivo Municipal, por meio de decreto, oriundos dos seguintes órgãos:_x000D_
 •_x000D_
 02 (dois) da Secretaria Municipal de Assistência Social_x000D_
 •_x000D_
 01 (um) da Secretaria Municipal de Educação_x000D_
 •_x000D_
 01 (um) da Secretaria Municipal de Saúde_x000D_
 •_x000D_
 01 (um) da Secretaria Municipal de Igualdade Racial_x000D_
 •_x000D_
 01 (um) da Secretaria Municipal de Cultura e Turismo ou da Secretaria Municipal de Esporte e Lazer_x000D_
 •_x000D_
 01 (um) da Secretaria Municipal de Administração_x000D_
 b._x000D_
 01 (um) membro titular e 01 (um) suplente, cuja função será exercida por legislador municipal, indicado pelo Chefe do Poder Legislativo Municipal, por ato próprio, preferencialmente com atuação em políticas de gênero ou direitos humanos._x000D_
 II – 08 (oito) membros titulares e 08 (oito) suplentes da sociedade civil, não governamentais, eleitos em assembleia geral extraordinária convocada pelo CMDM, conforme critérios estabelecidos nesta Lei e em seu regimento interno, sendo vedada a indicação de ocupantes de cargo público comissionado municipal como representantes da sociedade civil._x000D_
 § 1º. As entidades da sociedade civil aptas a compor o CMDM deverão ser organizações não governamentais, juridicamente constituídas, com atuação comprovada na promoção, defesa ou garantia dos direitos das mulheres, e poderão incluir:_x000D_
 I – Associações comunitárias e de mulheres; II – Organizações não governamentais (ONGs) com atuação em direitos humanos, igualdade de gênero ou enfrentamento à violência contra a mulher; III – Coletivos feministas e movimentos sociais de mulheres; IV – Sindicatos e associações profissionais com atuação voltada às trabalhadoras; V – Entidades religiosas com atuação social voltada à mulher; VI – Instituições de ensino ou pesquisa com projetos voltados à equidade de gênero; VII – Organizações representativas de comunidades quilombolas, com atuação comprovada na promoção dos direitos das mulheres quilombolas.</t>
   </si>
   <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/745/emenda_modificativa_01_2025_ao_projeto_40_2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 01/2025_x000D_
+Ao Projeto de Lei nº 40/2025_x000D_
+(Que “Estima a Receita e Fixa a Despesa do Município de Cachoeira para o exercício financeiro de 2026”)_x000D_
+Ementa:_x000D_
+Modifica o artigo 6º do Projeto de Lei Orçamentária Anual de 2026, limitando a autorização para abertura de créditos suplementares pelo Poder Executivo ao percentual máximo de 20% (vinte por cento) do total das despesas fixadas._x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 40/2025:</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/750/criacao_do_programa_moradia_rural_digna.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 05/2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Criação do Programa “Moradia Rural Digna”</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/751/estruturacao_e_fortalecimento_do_creas.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 06/2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Estruturação e Fortalecimento do CREAS_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/752/criacao_de_acoes_especificas_para_a_populacao_lgbtqiapn.pdf</t>
+  </si>
+  <si>
+    <t>Emenda  07/2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Criação de ações específicas para a população LGBTQIAPN+_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/753/criacao_do_programa_cachoeira_digital.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 08 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Criação do Programa “Cachoeira Digital”_x000D_
+_x000D_
+.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/754/inclusao_de_metas_para_geracao_de_emprego_e_renda.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 09 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Criação do Programa “Juventude Ativa_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/755/fortalecimento_da_participacao_popular_e_controle_social.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 10 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Fortalecimento da participação popular e controle social_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/756/criacao_do_programa_juventude_ativa.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 10 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa:_x000D_
+Criação do Programa “Juventude Ativa”_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Aditiva ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/757/programa_de_apoio_aos_pescadores_marisqueiras_e_trabalhadores_rurais-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 12 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Programa de Apoio aos Pescadores, Marisqueiras e Trabalhadores Rurais_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Aditiva ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/758/inclusao_de_acoes_especificas_para_reforma_e_modernizacao_dos_cra.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 13 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Inclusão de ações específicas para reforma e modernização dos CRA_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/759/requalificacao_e_ampliacao_do_caps.pdf</t>
+  </si>
+  <si>
+    <t>Emenda  /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Requalificação e Ampliação do CAPS_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/760/planejamento_e_realizacao_de_concurso_publico-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 15 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Planejamento e Realização de Concurso Público_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Aditiva ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/761/valorizacao_dos_prestadores_de_servico_temporario.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 16 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Valorização dos Prestadores de Serviço Temporário_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Aditiva ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/762/transporte_publico_rural-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda  17/2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Transporte Público Rural_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Aditiva ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/763/salvaguarda_do_patrimonio_cultural_imaterial_reconhecido_por_lei_municipal-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 18 /2025_x000D_
+Ao Projeto de Lei nº 29/2025 - Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências._x000D_
+Ementa: Salvaguarda do Patrimônio Cultural Imaterial Reconhecido por Lei Municipal_x000D_
+A Câmara Municipal de Cachoeira, no uso de suas atribuições legais e regimentais, propõe a seguinte Emenda Modificativa ao Projeto de Lei nº 29/2025:</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/765/emenda_impositiva_2026_-aquisicao_de_ambulancia_zero_quilometro_para_a_comunidade_da_opalma.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 19/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autor: Vereador Laelson Luís Ferreira Bispo_x000D_
+_x000D_
+_x000D_
+Art. 1º Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Saúde:_x000D_
+_x000D_
+Órgão: Secretaria Municipal de Saúde_x000D_
+Unidade Orçamentária: Fundo Municipal de Saúde_x000D_
+Função: Saúde_x000D_
+Subfunção: Atenção Básica_x000D_
+Programa: Atenção Primária à Saúde_x000D_
+Ação: Aquisição de ambulância zero quilômetro para a comunidade da Opalma_x000D_
+Valor: R$ 186.408,18 (cento e oitenta e seis mil, quatrocentos e oito reais e dezoito centavos)</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/801/emenda_impositiva_.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva Individual ao Projeto de Lei nº 40/2025 – LOA 2026; Aquisição de ambulância zero quilômetro para atender as comunidades do Tibiri, Saco, Pinguela e Tupim</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/817/emenda_impositiva_buscape_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Incorpora à Lei Orçamentária Anual de 2026 ação destinada ao apoio ao espetáculo artístico e cultural realizado pela Quadrilha Junina Buscapé durante as festividades de São João, no âmbito da Secretaria Municipal de Cultura e Turismo, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_impositiva_praca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Incorpora à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026 a ação destinada à construção de uma praça pública na localidade da Nova Esperança, na Ladeira da Cadeia, no âmbito da Secretaria Municipal de Obras e Meio Ambiente, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/819/emenda_impositiva_escadaria__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Incorpora à Lei Orçamentária Anual de 2026 ação destinada à Reforma da Escadaria do Novo Rumo, no âmbito da Secretaria Municipal de Obras e Meio Ambiente, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/820/emenda_impositiva_individual_ladeirao-1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Incorpora à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026 ação destinada ao apoio logístico, estrutural e operacional do Campeonato “O Ladeirão”, no âmbito da Secretaria Municipal de Esporte, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/821/emenda_impositiva_cadeira_odonto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta à Lei Orçamentária Anual de 2026 ação destinada à aquisição de cadeira odontológica para o posto de saúde da Comunidade do Tabuleiro da Vitória, no âmbito da Secretaria Municipal de Saúde, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/822/emenda_impositiva_feira_de_saude_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta à Lei Orçamentária Anual de 2026 ação destinada à realização de duas Feiras Comunitárias de Saúde na zona urbana e rural do município de Cachoeira, no âmbito da Secretaria Municipal de Saúde, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/823/emenda_impositiva_fesata_da_ostra.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº27 /2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:_x000D_
+•_x000D_
+Órgão: Secretaria Municipal de Cultura_x000D_
+•_x000D_
+Unidade Orçamentária: Secretaria Municipal de Cultura_x000D_
+•_x000D_
+Função: Cultura_x000D_
+•_x000D_
+Subfunção: Difusão Cultural_x000D_
+•_x000D_
+Programa: Promoção de Eventos Culturais_x000D_
+•_x000D_
+Ação: Realização da Festa da Ostra na comunidade do Kaonge – CECVI_x000D_
+•_x000D_
+Valor: R$ 30.000,00 (trinta mil reais)_x000D_
+Parágrafo único._x000D_
+Os recursos serão destinados à realização da Festa da Ostra, promovida pelo Centro de Educação e Cultura Vale do Iguape – CECVI, na comunidade do Kaonge, evento que fortalece a cultura quilombola, valoriza tradições locais e beneficia diretamente as comunidades da Bacia e Vale do Iguape._x000D_
+_x000D_
+Laelson Luis Ferreira Bispo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_impositiva_campo_do_cobi.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº ___/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Obras e Meio Ambiente:_x000D_
+•_x000D_
+Órgão: Secretaria Municipal de Obras e Meio Ambiente_x000D_
+•_x000D_
+Unidade Orçamentária: Secretaria Municipal de Obras e Meio Ambiente_x000D_
+•_x000D_
+Função: Urbanismo_x000D_
+•_x000D_
+Subfunção: Infraestrutura Urbana_x000D_
+•_x000D_
+Programa: Melhoria da Infraestrutura Comunitária_x000D_
+•_x000D_
+Ação: Requalificação do Campo de Futebol da Comunidade do Cobi – Alto do Camelo_x000D_
+•_x000D_
+Valor: R$ 10.000,00 (dez mil reais)_x000D_
+Parágrafo único._x000D_
+Os recursos serão destinados à requalificação do campo de futebol da comunidade do Cobi, no Alto do Camelo, garantindo melhores condições de uso, segurança e lazer para os moradores, especialmente jovens e crianças que utilizam o espaço para práticas esportivas._x000D_
+Art. 2º_x000D_
+Os recursos necessários à execução desta emenda correrão à conta da anulação parcial da dotação orçamentária da Secretaria Municipal de Obras e Meio Ambiente, no valor de R$ 10.000,00, conforme previsto no art. 43 da Lei Federal nº 4.320/64 e no §9º do art. 166 da Constituição Federal, observando ainda o disposto no §4º do art. 118 do Regimento Interno da Câmara Municipal de Cachoeira._x000D_
+Art. 3º_x000D_
+Esta emenda entra em vigor na data de sua aprovação._x000D_
+._x000D_
+Sala das Sessões da Câmara Municipal de Cachoeira, 12 de dezembro de 2025._x000D_
+Laelson Luis Ferreira Bispo_x000D_
+Vereador_x000D_
+Justificativa:_x000D_
+A presente emenda tem por finalidade garantir recursos para a requalificação do campo de futebol da comunidade do Cobi (Alto do Camelo), espaço fundamental para a prática esportiva, atividades recreativas e convivência comunitária._x000D_
+O campo é amplamente utilizado por jovens, crianças e adultos, mas necessita de melhorias estruturais para garantir segurança, funcionalidade e conforto aos usuários. A requalificação permitirá revitalizar o espaço, fortalecendo o esporte comunitário e promovendo inclusão social._x000D_
+A destinação dos recursos por meio desta emenda reforça o compromisso do mandato com a melhoria da infraestrutura urbana e com o incentivo ao esporte e ao lazer como instrumentos de cidadania e qualidade de vida.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/826/emenda_impositiva_sao_joao.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 29/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/827/emenda_impositiva_nossa_senhora_da_boa_morte.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº ___/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_impositiva_2026_-aquisicao_de_ambulancia_zero_quilometro_para_a_comunidade_da_opalma_laelson.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 31/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autor: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º – Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Saúde:</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_impositiva__veiculo..pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA PARA AQUISIÇÃO DE VEÍCULO DE 7 LUGARES PARA TRANSPORTE DE PACIENTES DO DISTRITO DE SANTIAGO DO IGUAPE E COMUNIDADES ADJACENTES VINCULADAS AO PSF ANICETO MACHADO.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/832/emenda_impositiva_angelica_-_parque_infantil_matinha_100.00.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de parque infantil no Bairro da Matinha – Avenida São Diogo</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/833/emenda_impositiva_angelica_-_quadra_poliesportiva_do_bairro_dos_tres_riachos_localizada_na_rua_da_feira_45.000_1.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da Quadra Poliesportiva do Bairro dos Três Riachos – Rua da Feira</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/834/emenda_impositiva_yermanja.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 35/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/835/emenda_impositiva_angelica_-_festa_dos_evangelicos_8.00000.pdf</t>
+  </si>
+  <si>
+    <t>Realização da Festa dos Evangélicos no município de Cachoeira</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/836/emenda_impositiva_dona_dalva.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 37/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/837/emenda_impositiva_angelica_-_aquisicao_de_bebedouro_industrial_apae_2.50000.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de bebedouro industrial para a APAE do município de Cachoeira</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/839/emenda_impositiva_sao_roque_engenho_da_ponte.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 39/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/840/emenda_impositiva_laelson_campeonato_quilombola_30.000.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 40/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Esportes:</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/841/emenda_impositiva_campinho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta à Lei Orçamentária Anual de 2026 ação destinada à requalificação do campinho de futebol do bairro Cucuí de Caboclo, no âmbito da Secretaria Municipal de Obras e Meio Ambiente, com recursos provenientes das emendas impositivas individuais dos vereadores.</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/843/emenda_impositiva_nossa_senhora_dajuda.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 42/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_impositiva_laelson_festa_nossa_senhora_do_bom_parto_30.000.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 43/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Cultura:</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/850/emenda_impositiva_no_44_2025.pdf</t>
+  </si>
+  <si>
+    <t>I -  Aquisição de veículo tipo ambulância, incluindo equipamentos básicos, com vinculação ao Posto de Saúde de Santiago do Iguape, para atendimento às comunidades do distrito e demais localidades do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/851/emenda_impositiva_45_2025.pdf</t>
+  </si>
+  <si>
+    <t>: Aquisição de ambulância zero quilômetro para a comunidade do Tabuleiro. _x000D_
+Valor: R$ 176.541,08 (cento e setenta e seis mil, quinhentos e quarenta e um reais e oito centavos)</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/852/emenda_impositiva_cristiano_de_louro_-_natinho.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à execução do calçamento que liga a Rua de Natinho ao trecho asfaltado na comunidade de Laranjeiras, garantindo melhor mobilidade, segurança e qualidade de vida aos moradores da localidade e das áreas adjacentes.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/853/emenda_impositiva_cristiano_de_louro_-_carnaval_do_saco.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à realização do Carnaval da Comunidade do Saco, evento tradicional que reúne moradores locais e comunidades vizinhas, fortalecendo a cultura popular, o lazer comunitário e a integração social no município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/854/emenda_impositiva_cristiano_de_louro_-_pinguela.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à realização da tradicional Lavagem da Comunidade da Pinguela, celebração em homenagem aos padroeiros São Crispim e São Crispiniano, reunindo moradores locais e comunidades vizinhas, fortalecendo as tradições religiosas e culturais do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/858/emenda_impositiva_cristiano_de_louro_-_festa_senhor_do_bomfim_ladeira_de_padre_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à realização da tradicional Lavagem da Ladeira de Padre Inácio, celebração em homenagem ao Senhor do Bonfim, padroeiro da comunidade, reunindo moradores locais e comunidades vizinhas, fortalecendo as tradições religiosas e culturais do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/859/emenda_impositiva_cristiano_de_louro_-_festa_senhor_do_bomfim_murutuba.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à realização da tradicional Lavagem de Nosso Senhor do Bonfim na comunidade da Murutuba, evento cultural que ocorre anualmente no mês de janeiro e que reúne moradores locais e comunidades vizinhas, fortalecendo a identidade cultural e as tradições religiosas do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/860/emenda_impositiva_cristiano_de_louro_-_campeonato_murutuba_pinguela.pdf</t>
+  </si>
+  <si>
+    <t>Os recursos serão destinados à realização do Campeonato de Futebol promovido nas comunidades de Murutuba e Pinguela, beneficiando atletas locais, fortalecendo o esporte comunitário e incentivando a integração social entre as comunidades rurais do município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/868/emenda_impositiva_individual_tibiri.pdf</t>
+  </si>
+  <si>
+    <t>Fica acrescida à programação orçamentária da Lei Orçamentária Anual para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte ação, no âmbito da Secretaria Municipal de Saúde, para aquisição de ambulância zero quilômetro para a comunidade do Tibiri.</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/869/impositiva_individual__saco.pdf</t>
+  </si>
+  <si>
+    <t>Fica acrescida à programação orçamentária da Lei Orçamentária Anual_x000D_
+para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte_x000D_
+ação, no âmbito da Secretaria Obras e Serviços. O referido recurso (R$80.000,00) deverá ser aplicado_x000D_
+especificamente na pavimentação da Rua de Beto, situada na localidade do_x000D_
+Saco, zona rural de Cachoeira.</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/871/emenda_impositiva_junina_buscape.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026, visando ao apoio financeiro ao espetáculo artístico e cultural realizado pela Quadrilha Junina Buscapé durante as festividades de São João, no âmbito da Secretaria Municipal de Cultura e Turismo do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/872/impositiva_individual_tibiri_pavimentacao_1.pdf</t>
+  </si>
+  <si>
+    <t>Fica acrescida à programação orçamentária da Lei Orçamentária Anual_x000D_
+para o exercício de 2026, constante do Projeto de Lei nº 40/2025, a seguinte_x000D_
+ação, no âmbito da Secretaria Obras e Serviços. O referido recurso (R$ 76.000,00) deverá ser aplicado_x000D_
+especificamente na pavimentação da Rua de Seu Emanuel, situada na_x000D_
+localidade do Tibiri, zona rural de Cachoeira</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/874/emenda_impositiva_cadeira_odonto_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026 destinada à aquisição de cadeira odontológica para o posto de saúde da Comunidade do Tabuleiro da Vitória, no âmbito da Secretaria Municipal de Saúde do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/875/emenda_impositiva_praca_nova_esperanca_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026 destinada à construção de uma praça pública na localidade da Nova Esperança, no bairro Ladeira da Cadeia, no âmbito da Secretaria Municipal de Obras e Meio Ambiente do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/876/emenda_impositiva_individual_campeonato_ladeirao.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026 destinada ao apoio logístico, estrutural e operacional do Campeonato “O Ladeirão”, no âmbito da Secretaria Municipal de Esportes do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/877/emenda_impositiva_campinho_cucui_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026 destinada à requalificação do campinho de futebol do Cucuí de Caboclo, no âmbito da Secretaria Municipal de Obras e Meio Ambiente do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_impositiva_escadaria_novo_rumo_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de ação na Lei Orçamentária Anual do exercício de 2026 destinada à reforma da Escadaria do Novo Rumo, no bairro Ladeira da Cadeia, no âmbito da Secretaria Municipal de Obras e Meio Ambiente do Município de Cachoeira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>os recursos serão destinados para requalificação do campo de futebol na Rua do cucui de são cosme</t>
+  </si>
+  <si>
     <t>430</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/430/mocao__de_pesar_01._2025.pdf</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento do Senhor   Manoel Dias da Silva,</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>ANGELICA SAPUCAIA, CRISTIANO DE LOURO PAI VEI, FLORISVALDO DA C DE JESUS, JOSMAR BARBOSA, LAELSON DE ROXO, MARCOS VINICIUS E. DE JESUS, MOISEIS REIS DO LAGO, PAULO C. R. LEITE, PAULO HENRIQUE PH, PAULO OLIVEIRA  DOS REIS</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FELECIMENTO DO SENHOR ALTAMIRANDO CHAVES</t>
   </si>
   <si>
     <t>432</t>
@@ -3283,50 +4463,86 @@
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/691/mocao_n._18.2025.pdf</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento da Sr. Nilton Sapucaia Costa.., ocorrido no dia 10 de SETEMBRO do ano em curso.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_n._19.2025.pdf</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento da Sra. Vilma Vieira de Jesus</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/713/mocao_n._20.2025.pdf</t>
   </si>
   <si>
     <t>Moção de “PESAR” pelo falecimento da Sra. Juciara Pareira Santos.., ocorrido no dia 27 de SETEMBRO do ano em curso.</t>
   </si>
   <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/727/mocao_n._21.2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de “PESAR” pelo falecimento da Sr. Mario Matheus Cadorna Vieira, ocorrido no dia 14 de outubro do ano em curso.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/736/mocao_n._22.2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de “PESAR” pelo falecimento da Sr. Adilson Januario do Nacimento.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/770/mocao_n._23.2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de “PESAR” pelo falecimento do Cantor.JIMMY CLIFF ocorrido hoje dia 24 de novembro do ano em curso.</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/804/mocao_n._24.2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de “PESAR” pelo falecimento da Sra. NEUSA SANTANA SANTOS, ocorrido no dia 29 de novembro do ano em curso</t>
+  </si>
+  <si>
     <t>515</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/515/decreto_legislativo_01comenda_25_de_junho_jeronimo_rodrigues.pdf</t>
   </si>
   <si>
     <t>“CONCEDE A COMENDA 25 DE JUNHO AO EXCELENTÍSSIMO SENHOR JERÔNIMO RODRIGUES SOUZA”_x000D_
 A CÂMARA MUNICIPAL DA CACHOEIRA, Estado da Bahia, no uso de suas atribuições legais e regimentais que lhes confere o Decreto Legislativo 001/2024, faz saber que aprova o seguinte Decreto Legislativo._x000D_
 Art. 1º - Fica concedida a “COMENDA 25 DE JUNHO” ao Excelentíssimo Senhor Jerônimo Rodrigues Souza._x000D_
 Art. 2º - Este Decreto Legislativo entra em vigor na data de sua publicação, revogando-se as disposições contrárias._x000D_
 Plenário da Câmara da Cachoeira Bahia, 08 de abril de 2025._x000D_
 Laelson Luis Ferreira Bispo_x000D_
 Vereador autor</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/517/decreto_legislativo_02comenda_25_de_junho_ananias.pdf</t>
@@ -3471,66 +4687,906 @@
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/690/decreto_legislativo_no_16.2025_titulo_de_cidada_olivia_santana.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Cachoeirana a Ilustríssima Senhora OLIVIA SANTANA</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/712/decreto_legislativo_no_17.2025_titulo_roque_da_silva_dos_santos.pdf</t>
   </si>
   <si>
     <t>- Fica reconhecido Cidadão Honorário da Cachoeira, o Ilustríssimo Senhor “ROQUE SILVA DOS SANTOS”, pelos seus relevantes serviços prestados a comunidade cachoeirana.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/714/pdl_18_tituto_de_cidadao_a_ricardo_alexandre_da_cruz.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO CACHOEIRANO AO SENHOR "RICARDO ALEXANDRE DA CRUZ"</t>
   </si>
   <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/748/titulo_de_cidadao_cachoeirano_cd.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Cachoeirano ao Ilustríssimo Senhor Antônio Carlos de Jesus dos Santos.</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/731/emenda_modificativa_10_2025.pdf</t>
+  </si>
+  <si>
+    <t>1º A execução do Hino deverá ocorrer, todas as Segunda-Feira, em momento previamente definido pela direção escolar, podendo estar inserida em atividades cívicas, culturais, pedagógicas ou comemorativas.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/771/promocao_do_desenvolvimento_economico_e_social.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas nos programas “Cidade Modelo” e “Agricultura Mais Forte” as seguintes ações programáticas, com vistas à promoção do desenvolvimento econômico e social:_x000D_
+I – Promoção de iniciativas de incentivo à geração de ocupações e oportunidades de trabalho no âmbito urbano e rural;_x000D_
+II – Desenvolvimento de ações de formação, capacitação profissional e qualificação técnica voltadas à população;_x000D_
+III – Apoio a iniciativas, empreendimentos produtivos locais, associações e cooperativas, visando ao fortalecimento da economia comunitária e regional._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação_x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/772/fortalecimento_da_rede_de_protecao_social_creas.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Igualdade, Equidade e Justiça Social” as seguintes ações programáticas, voltadas ao fortalecimento da rede de proteção social:_x000D_
+I – Promoção de iniciativas para melhoria da infraestrutura física e funcional da unidade do CREAS, visando à adequada prestação dos serviços;_x000D_
+II – Desenvolvimento de ações que contribuam para o fortalecimento e aperfeiçoamento das equipes e dos serviços especializados de média complexidade;_x000D_
+III – Implementação de mecanismos de monitoramento e avaliação, com definição de metas de atendimento e indicadores de impacto social;_x000D_
+IV – Fomento à modernização da unidade mediante aquisição de equipamentos, materiais permanentes e instrumentos de apoio ao trabalho técnico._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/773/melhoria_da_infraestrutura_fisica_dos_cras_existentes_assinafdo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Igualdade, Equidade e Justiça Social” as seguintes ações programáticas, destinadas ao fortalecimento da rede socioassistencial do Município:_x000D_
+I – Promoção de iniciativas voltadas à melhoria da infraestrutura física dos CRAS existentes, contemplando ações de reforma e adequação estrutural;_x000D_
+II – Desenvolvimento de ações destinadas à ampliação das condições de acessibilidade e segurança nas unidades;_x000D_
+III – Fomento à modernização dos espaços de atendimento, com apoio à aquisição de equipamentos e melhorias funcionais;_x000D_
+IV – Implementação de mecanismos de planejamento com definição de metas físicas por unidade e cronograma de execução;_x000D_
+V – Desenvolvimento de instrumentos de monitoramento e avaliação, com utilização de indicadores voltados à infraestrutura e ao atendimento socioassistencial._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/774/preservacao_e_promocao_do_patrimonio_cultural.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º.Ficam incluídas no programa “Cidade, Cultura e Turismo” as seguintes ações programáticas, voltadas ao fortalecimento das políticas de preservação e promoção do patrimônio cultural:_x000D_
+I – Desenvolvimento de iniciativas de apoio técnico, organizacional e logístico às entidades, manifestações e festividades reconhecidas como patrimônio cultural e imaterial por leis municipais;_x000D_
+II – Promoção de ações voltadas à salvaguarda, difusão, preservação e valorização dos bens culturais reconhecidos;_x000D_
+III – Implementação de mecanismos de planejamento e avaliação, com definição de metas físicas e indicadores de impacto cultural e social;_x000D_
+IV – Estímulo à participação comunitária e ao fortalecimento da transmissão intergeracional de saberes, práticas e tradições culturais;_x000D_
+V – Fomento à criação, ampliação e fortalecimento de instrumentos públicos de seleção, incentivo e apoio a iniciativas culturais, incluindo editais, chamamentos públicos e demais mecanismos de fomento._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/775/acesso_ao_transporte_nas_comunidades_rurais.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no programa “Cidade Modelo” a seguinte ação programática, destinada ao fortalecimento da mobilidade e do acesso ao transporte nas comunidades rurais:_x000D_
+I – Promoção de estudos e iniciativas voltadas à ampliação de opções de deslocamento para comunidades rurais, incluindo a avaliação de viabilidade para implantação de linhas regulares de transporte público;_x000D_
+II – Desenvolvimento de ações de apoio à modernização da frota destinada ao atendimento rural, contemplando aquisição, renovação e adaptação de veículos conforme necessidades locais;_x000D_
+III – Implementação de instrumentos de planejamento para organização do atendimento por região, com definição de critérios e cronogramas orientadores;_x000D_
+IV – Estabelecimento de mecanismos de monitoramento da demanda, utilização e qualidade dos serviços de transporte rural, com vistas à melhoria contínua._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/777/estudo_e_planejar_a_viabilidade_de_concursos_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa “Modernização da Gestão Administrativa” passa a incluir as seguintes ações:_x000D_
+I – Estudar e planejar a viabilidade de concursos públicos para provimento de cargos efetivos;_x000D_
+II – Levantamento de vacâncias e necessidades funcionais por secretaria;_x000D_
+III – Elaboração de cronograma de concursos e previsão orçamentária anual;_x000D_
+IV – Garantia de transparência e equidade nos processos seletivos._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/778/atendimento_especializado_a_populacao_lgbtqiapn.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa “Mais Saúde” passa a incluir as seguintes ações:_x000D_
+I – Atendimento especializado à população LGBTQIAPN+;_x000D_
+II – Campanhas de combate à discriminação e promoção da saúde integral;_x000D_
+III – Apoio psicossocial e cultural._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/779/fortalecimento_dos_conselhos_municipais_e_foruns_participativos.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa de gestão administrativa passa a incluir as seguintes ações:_x000D_
+I – Fortalecimento dos conselhos municipais e fóruns participativos;_x000D_
+II – Realização de audiências públicas periódicas;_x000D_
+III – Criação de ouvidorias e plataformas digitais de participação cidadã._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/780/iniciativas_integradas_voltadas_a_juventude_urbana_e_rural.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 3 – Inclusão Social a seguinte ação, a ser incorporada ao conjunto de programas existentes:_x000D_
+I – Desenvolvimento de iniciativas integradas voltadas à juventude urbana e rural, compreendendo atividades de formação cidadã, promoção da cultura, incentivo ao esporte, apoio ao empreendedorismo juvenil e estímulo à participação social e política._x000D_
+Art. 2º_x000D_
+Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/782/fortalecimento_das_politicas_de_habitacao_rural-assinado1.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 3 – Inclusão Social a seguinte ação programática, destinada ao fortalecimento das políticas de habitação rural:_x000D_
+I – Promoção de iniciativas de apoio à melhoria habitacional em comunidades rurais, compreendendo ações de construção, reforma e adequação de moradias;_x000D_
+II – Desenvolvimento de ações voltadas ao apoio técnico e institucional para processos de regularização fundiária rural, em articulação com órgãos competentes;_x000D_
+III – Implementação de iniciativas de assistência técnica para habitação rural, com foco em soluções construtivas adequadas às características socioterritoriais das comunidades._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025._x000D_
+Laelson Luís Ferreira Bispo_x000D_
+Vereador_x000D_
+JUSTIFICATIVA_x000D_
+O PPA contempla habitação urbana, mas não há ações voltadas à zona rural. A inclusão garante equidade territorial._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/783/acoes_de_apoio_tecnico_organizacional_e_produtivo_para_pescadores_e_marisqueiras.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no programa “Agricultura Mais Forte” a seguinte ação:_x000D_
+I – Desenvolvimento de ações de apoio técnico, organizacional e produtivo para pescadores e marisqueiras, visando ao fortalecimento da atividade;_x000D_
+II – Promoção de estudos e articulação institucional para ampliação do acesso a mecanismos de fomento, microcrédito e linhas de financiamento disponíveis nos entes federativos e instituições parceiras;_x000D_
+III – Implementação de iniciativas voltadas à saúde, segurança e melhoria das condições de trabalho no setor;_x000D_
+IV – Realização de ações de valorização cultural, social e econômica da pesca artesanal, da mariscagem e das atividades rurais tradicionais._x000D_
+Art. 2º. Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/784/fortalecimento_da_inclusao_digital.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 2 – Planejamento e Gestão Estratégica a seguinte ação programática, a ser incorporada aos programas existentes:_x000D_
+I – Desenvolvimento de iniciativas voltadas ao fortalecimento da inclusão digital, com prioridade para a população em situação de vulnerabilidade social;_x000D_
+II – Promoção de ações de capacitação tecnológica para servidores, jovens e demais grupos estratégicos;_x000D_
+III – Estímulo a ambientes de inovação, apoio a iniciativas tecnológicas locais, startups e soluções de inovação voltadas à melhoria da gestão pública._x000D_
+Art. 2º_x000D_
+Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/785/fortalecimento_da_rede_municipal_de_saude_mental_caps.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Modificativa ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Mais Saúde” as seguintes ações programáticas, voltadas ao fortalecimento da rede municipal de saúde mental:_x000D_
+I – Promoção de iniciativas destinadas à melhoria da infraestrutura física do CAPS, compreendendo ações de reforma e adequação funcional;_x000D_
+II – Fomento à modernização do serviço por meio da aquisição de equipamentos, mobiliário e materiais permanentes necessários ao atendimento;_x000D_
+III – Desenvolvimento de ações voltadas ao aperfeiçoamento das equipes multiprofissionais e ao fortalecimento da capacidade de atendimento do CAPS;_x000D_
+IV – Implementação de mecanismos de planejamento, monitoramento e avaliação, com definição de metas físicas e indicadores de desempenho em saúde mental._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/806/ouvidor-geral_do_municipio_tera_mandato_de_2_dois.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA Modificativa Nº 24/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Altera o Art. 13_x000D_
+Onde se lê:_x000D_
+“O cargo de Ouvidor-Geral do Município, de livre nomeação e exoneração pelo Prefeito Municipal...”_x000D_
+Leia-se:_x000D_
+“O cargo de Ouvidor-Geral do Município terá mandato de 2 (dois) anos, permitida uma recondução, sendo sua nomeação feita pelo Prefeito Municipal, condicionada à aprovação da Câmara Municipal por maioria absoluta._x000D_
+A exoneração somente poderá ocorrer por motivo de falta grave, condenação judicial ou decisão fundamentada aprovada pela Câmara Municipal.”_x000D_
+Sala das Sessões da Câmara, 25 de novembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/811/a_ouvidoria_acusara_o_recebimento_da_manifestacao_no_prazo_maximo_de_48.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº ___/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Altere os Arts. 9º e 10_x000D_
+Onde se lê:_x000D_
+“Art. 9º A Ouvidoria acusará o recebimento da manifestação no prazo máximo de 5 (cinco) dias úteis...”_x000D_
+“Art. 10. O prazo para resposta conclusiva ao usuário será de até 30 (trinta) dias...”_x000D_
+Leia-se:_x000D_
+“Art. 9º A Ouvidoria acusará o recebimento da manifestação no prazo máximo de 48 (quarenta e oito) horas úteis, informando o número de protocolo e prazo estimado para resposta._x000D_
+Art. 10. O prazo para resposta conclusiva ao usuário será de até 20 (vinte) dias úteis, prorrogável, de forma justificada, uma única vez, por igual período.”_x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/815/o_cargo_de_assistente_administrativo_da_ouvidoria_sera_de_provimento_efetivo.docx</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 26 /2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Altere o Art. 15_x000D_
+Onde se lê:_x000D_
+“O cargo de Assistente Administrativo da Ouvidoria, de provimento efetivo ou, alternativamente, função gratificada...”_x000D_
+Leia-se:_x000D_
+“O cargo de Assistente Administrativo da Ouvidoria será de provimento efetivo, mediante concurso público, vedada a designação por função gratificada.”_x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_modificativa_campo_da_opalma.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 27/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 200.000,00 (duzentos mil reais) da Secretaria Municipal de Obras e Meio Ambiente, destinando-o à ação de revitalização esportiva na comunidade da Opalma – Acutinga, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_modificativa_preservacao_do_patrimonio.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 28/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 500.000,00 (quinhentos mil reais) do Órgão 1500 – Secretaria de Serviços Públicos, destinando-o ao fortalecimento das ações de salvaguarda das instituições reconhecidas por lei municipal como patrimônio cultural e imaterial do município de Cachoeira, no âmbito do Órgão 1600 – Secretaria de Promoção e Igualdade Racial,</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_angelica_-_quadra_matinha_250.00.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NO BAIRRO DA MATINHA, AVENIDA SÃO DIOGO.</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/838/emenda_modificativa_praca_humberto_de_jesus.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 30/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 150.000,00 (cento e cinquenta mil reais) da Secretaria Municipal de Obras e Meio Ambiente, destinando-o à revitalização de equipamentos comunitários na localidade da Opalma – Acutinga, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/842/emenda_modificativa_campo_de_capoeirucu.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 31/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 200.000,00 (duzentos mil reais) do Órgão 0800 – Secretaria de Obras e Meio Ambiente, destinando-o à revitalização do campo de futebol do distrito de Capoeiruçu,</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/844/emenda_modificativa_casa_de_farinha.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 32/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 100.000,00 (cem mil reais) do Órgão 0800 – Secretaria de Obras e Meio Ambiente, destinando-o à reforma das Casas de Farinha das comunidades quilombolas, conforme</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/846/emenda_modificativa_criacao_do_sistema_municipal_para_controle_do_numero_de_criancas_atipicas.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 33/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 30.000,00 (trinta mil reais) do Órgão 0400 – Secretaria de Planejamento e Administração, destinando-o ao custeio da execução do projeto de lei que será protocolado pelo autor em 2026, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/847/emenda_modificativa_fortalecimento_das_politicas_publicas_do_orgao_1600__secretaria_de_promocao_e_igualdade_racial.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 34/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 1.000.000,00 (um milhão de reais) do Órgão 1700 – Secretaria de Transporte e Trânsito, destinando-o ao fortalecimento das políticas públicas do Órgão 1600 – Secretaria de Promoção e Igualdade Racial, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/848/emenda_modificativa_execucao_de_projetos_de_lei_de_autoria_dos_vereadores_que_gerem_despesa_ao_municipio.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 35/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 100.000,00 (cem mil reais) do Órgão 0400 – Secretaria de Planejamento e Administração, destinando-o à criação de reserva específica para execução de leis de autoria dos vereadores no exercício de 2026, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/849/emenda_modificativa_junina_girasol_do_iguape.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 36/2025_x000D_
+Ao Projeto de Lei nº 40/2025 – LOA 2026_x000D_
+Autora: Vereador Laelson Luís Ferreira Bispo_x000D_
+Art. 1º_x000D_
+Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – LOA 2026, para remanejar o valor de R$ 50.000,00 (cinquenta mil reais) do Órgão 1000 – Secretaria de Cultura e Turismo, destinando-o ao apoio às atividades preparatórias da Quadrilha Junina Girassol do Iguape, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/855/emenda_modificativa_cristiano_de_louro_-_quadra_saco.pdf</t>
+  </si>
+  <si>
+    <t>A suplementação prevista no inciso II do artigo anterior tem por finalidade garantir recursos para a construção de uma quadra poliesportiva na comunidade do Saco, atendendo demanda histórica da população local e promovendo esporte, lazer e inclusão social.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/856/emenda_modificativa_cristiano_de_louro_-_quadra_pinguela.pdf</t>
+  </si>
+  <si>
+    <t>A suplementação prevista no inciso II do artigo anterior tem por finalidade garantir recursos para a construção de uma quadra poliesportiva na comunidade da Pinguela, atendendo demanda histórica da população local e promovendo esporte, lazer e inclusão social.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/857/emenda_modificativa_cristiano_de_louro_-_quadra_murutuba.pdf</t>
+  </si>
+  <si>
+    <t>A suplementação prevista no inciso II do artigo anterior tem por finalidade garantir recursos para a construção de uma quadra poliesportiva na comunidade da Murutuba, atendendo demanda histórica da população local e promovendo esporte, lazer e inclusão social.</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_assistencia_social_cristiano_-_angelica_e_laelson.pdf</t>
+  </si>
+  <si>
+    <t>Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – Lei Orçamentária Anual de 2026, para remanejar o valor de R$ 1.200.000,00 (um milhão e duzentos mil reais) da Secretaria Municipal de Serviços Públicos para a Secretaria Municipal de Assistência Social, conforme detalhamento abaixo:</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_modificativa_41_2025.pdf</t>
+  </si>
+  <si>
+    <t>Modifica o artigo 6º do Projeto de Lei Orçamentária Anual de 2026, limitando a autorização para abertura de créditos suplementares pelo Poder Executivo ao percentual máximo de 50% (cinquenta por cento) do total das despesas fixadas.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/865/emenda_modificativa_premicao_educacao_ano_2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica modificada a programação orçamentária constante do Projeto de Lei nº 40/2025 – Lei Orçamentária Anual de 2026, para remanejar o valor de R$ 50.000,00 (cinquenta mil reais), destinado à criação de dotação específica para futura instituição do Programa Municipal de Premiação de Destaque Estudantil nas escolas da rede municipal de ensino do Município de Cachoeira.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/867/emenda_modificativa_festa_do_licor.pdf</t>
+  </si>
+  <si>
+    <t>Fica modificada a programação orçamentária constante do Projeto de_x000D_
+Lei nº 40/2025 – Lei Orçamentária Anual de 2026, para acrescer o valor de R$_x000D_
+100.000,00 (cem mil reais) à Secretaria Municipal de Cultura e Turismo,_x000D_
+destinado à realização da Festa do Licor.</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/870/emenda_modificativa_festa_de_reis.pdf</t>
+  </si>
+  <si>
+    <t>Fica modificada a programação orçamentária constante do Projeto de_x000D_
+Lei nº 40/2025 – Lei Orçamentária Anual de 2026, para acrescer o valor de R$_x000D_
+20.000,00 (vinte mil reais) à Secretaria Municipal de Cultura e Turismo,_x000D_
+destinado à realização da Festa de Reis do Tibiri, festa cultural que é realizada_x000D_
+há anos na comunidade e que já é tradição.</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>Modifica o Programa orçamentário constante no PL 40/2025 - LOA 2026</t>
+  </si>
+  <si>
     <t>636</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/636/emenda_aditiva_ao_projeto_14_-_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº ___/2025_x000D_
 AO PROJETO DE LEI Nº 14/2025 – LDO 2026 Ementa: Acrescenta dispositivo ao Projeto de Lei de Diretrizes Orçamentárias para o exercício de 2026, regulamentando a execução obrigatória das emendas parlamentares impositivas, nos termos da Emenda à Lei Orgânica nº 01/2024 e do Regimento Interno da Câmara Municipal de Cachoeira. Art. 1º – Fica acrescido o seguinte artigo ao Projeto de Lei nº 14/2025: Art. __ – O Projeto de Lei Orçamentária Anual para o exercício de 2026 deverá conter dotação específica para a execução das emendas parlamentares individuais de natureza impositiva, conforme dispõe o art. 167-A da Lei Orgânica do Município de Cachoeira, observado o limite de 2% (dois por cento) da Receita Corrente Líquida realizada no exercício de 2025. §1º Do montante previsto no caput, no mínimo 50% (cinquenta por cento) será destinado a ações e serviços públicos de saúde. §2º A execução orçamentária e financeira das programações decorrentes das emendas parlamentares individuais será obrigatória, salvo impedimento de ordem técnica devidamente justificado pelo Poder Executivo e comunicado à Câmara Municipal. Art. 2º – Esta emenda entra em vigor na data de sua publicação. Sala das Sessões, 30 de Junho de 2025_x000D_
 LAELSON LUÍS FERREIRA BISPO_x000D_
 VEREADOR AUTOR</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/786/emenda_aditiva_desenvolvimento_de_iniciativas_integradas_voltadas_a_juventude_urbana_e_rural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 3 – Inclusão Social a seguinte ação, a ser incorporada ao conjunto de programas existentes:_x000D_
+I – Desenvolvimento de iniciativas integradas voltadas à juventude urbana e rural, compreendendo atividades de formação cidadã, promoção da cultura, incentivo ao esporte, apoio ao empreendedorismo juvenil e estímulo à participação social e política._x000D_
+Art. 2º_x000D_
+Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/787/emenda_aditiva_promocao_de_iniciativas_de_incentivo_a_geracao_de_ocupacoes_e_oportunidades_de_trabalho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas nos programas “Cidade Modelo” e “Agricultura Mais Forte” as seguintes ações programáticas, com vistas à promoção do desenvolvimento econômico e social:_x000D_
+I – Promoção de iniciativas de incentivo à geração de ocupações e oportunidades de trabalho no âmbito urbano e rural;_x000D_
+II – Desenvolvimento de ações de formação, capacitação profissional e qualificação técnica voltadas à população;_x000D_
+III – Apoio a iniciativas, empreendimentos produtivos locais, associações e cooperativas, visando ao fortalecimento da economia comunitária e regional._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação_x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/788/emenda_aditiva_fortalecimento_das_politicas_de_habitacao_rural__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 3 – Inclusão Social a seguinte ação programática, destinada ao fortalecimento das políticas de habitação rural:_x000D_
+I – Promoção de iniciativas de apoio à melhoria habitacional em comunidades rurais, compreendendo ações de construção, reforma e adequação de moradias;_x000D_
+II – Desenvolvimento de ações voltadas ao apoio técnico e institucional para processos de regularização fundiária rural, em articulação com órgãos competentes;_x000D_
+III – Implementação de iniciativas de assistência técnica para habitação rural, com foco em soluções construtivas adequadas às características socioterritoriais das comunidades._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/790/emenda_aditiva_acesso_a_transportes_nas_comunidades_rurais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º Fica incluída no programa “Cidade Modelo” a seguinte ação:_x000D_
+I – Implantação de linhas regulares de transporte público para comunidades rurais;_x000D_
+II – Aquisição de veículos adaptados para transporte rural;_x000D_
+III – Estabelecimento de cronograma de atendimento por região;_x000D_
+IV – Monitoramento da demanda e da qualidade do serviço._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo Vereador</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/791/emenda_aditiva_fortalecimento_da_rede_de_protecao_social_creas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Igualdade, Equidade e Justiça Social” as seguintes ações programáticas, voltadas ao fortalecimento da rede de proteção social:_x000D_
+I – Promoção de iniciativas para melhoria da infraestrutura física e funcional da unidade do CREAS, visando à adequada prestação dos serviços;_x000D_
+II – Desenvolvimento de ações que contribuam para o fortalecimento e aperfeiçoamento das equipes e dos serviços especializados de média complexidade;_x000D_
+III – Implementação de mecanismos de monitoramento e avaliação, com definição de metas de atendimento e indicadores de impacto social;_x000D_
+IV – Fomento à modernização da unidade mediante aquisição de equipamentos, materiais permanentes e instrumentos de apoio ao trabalho técnico._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/792/emenda_aditiva_concurso_publico__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa “Modernização da Gestão Administrativa” passa a incluir as seguintes ações:_x000D_
+I – Realização de estudos e análise sobre viabilidade de concursos públicos para provimento de cargos efetivos;_x000D_
+II – Levantamento de vacâncias e necessidades funcionais por secretaria;_x000D_
+III – Elaboração de cronograma de concursos e previsão orçamentária anual;_x000D_
+IV – Garantia de transparência e equidade nos processos seletivos._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/793/emenda_aditiva_preservacao_e_promocao_do_patrimonio_cultural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa “Cidade, Cultura e Turismo” passa a incluir as seguintes ações:_x000D_
+I – Apoio financeiro, técnico e logístico às entidades, manifestações e festas reconhecidas como patrimônio cultural e imaterial por leis municipais;_x000D_
+II – Promoção de ações de salvaguarda, difusão e valorização desses bens culturais;_x000D_
+III – Elaboração de metas físicas e indicadores de impacto cultural e social;_x000D_
+IV – Estímulo à participação comunitária e à transmissão intergeracional dos saberes e práticas tradicionais;_x000D_
+V – Criação de editais públicos e instrumentos de fomento específicos para os bens culturais reconhecidos. Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo Vereador</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/794/emenda_aditiva_fortalecimento_da_rede_municipal_de_saude_mental_caps_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Mais Saúde” as seguintes ações programáticas, voltadas ao fortalecimento da rede municipal de saúde mental:_x000D_
+I – Promoção de iniciativas destinadas à melhoria da infraestrutura física do CAPS, compreendendo ações de reforma e adequação funcional;_x000D_
+II – Fomento à modernização do serviço por meio da aquisição de equipamentos, mobiliário e materiais permanentes necessários ao atendimento;_x000D_
+III – Desenvolvimento de ações voltadas ao aperfeiçoamento das equipes multiprofissionais e ao fortalecimento da capacidade de atendimento do CAPS;_x000D_
+IV – Implementação de mecanismos de planejamento, monitoramento e avaliação, com definição de metas físicas e indicadores de desempenho em saúde mental._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/795/emenda_aditiva_acoes_de_apoio_tecnico_organizacional_e_produtivo_para_pescadores_e_marisqueiras_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no programa “Agricultura Mais Forte” a seguinte ação:_x000D_
+I – Desenvolvimento de ações de apoio técnico, organizacional e produtivo para pescadores e marisqueiras, visando ao fortalecimento da atividade;_x000D_
+II – Promoção de estudos e articulação institucional para ampliação do acesso a mecanismos de fomento, microcrédito e linhas de financiamento disponíveis nos entes federativos e instituições parceiras;_x000D_
+III – Implementação de iniciativas voltadas à saúde, segurança e melhoria das condições de trabalho no setor;_x000D_
+IV – Realização de ações de valorização cultural, social e econômica da pesca artesanal, da mariscagem e das atividades rurais tradicionais._x000D_
+Art. 2º. Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/796/emenda_aditiva_desenvolvimento_de_iniciativas_voltadas_ao_fortalecimento_da_inclusao_digital_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Fica incluída no Eixo 2 – Planejamento e Gestão Estratégica a seguinte ação programática, a ser incorporada aos programas existentes:_x000D_
+I – Desenvolvimento de iniciativas voltadas ao fortalecimento da inclusão digital, com prioridade para a população em situação de vulnerabilidade social;_x000D_
+II – Promoção de ações de capacitação tecnológica para servidores, jovens e demais grupos estratégicos;_x000D_
+III – Estímulo a ambientes de inovação, apoio a iniciativas tecnológicas locais, startups e soluções de inovação voltadas à melhoria da gestão pública._x000D_
+Art. 2º_x000D_
+Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_aditiva_melhoria_da_infraestrutura_dos_cras__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º. Ficam incluídas no programa “Igualdade, Equidade e Justiça Social” as seguintes ações programáticas, destinadas ao fortalecimento da rede socioassistencial do Município:_x000D_
+I – Promoção de iniciativas voltadas à melhoria da infraestrutura física dos CRAS existentes, contemplando ações de reforma e adequação estrutural;_x000D_
+II – Desenvolvimento de ações destinadas à ampliação das condições de acessibilidade e segurança nas unidades;_x000D_
+III – Fomento à modernização dos espaços de atendimento, com apoio à aquisição de equipamentos e melhorias funcionais;_x000D_
+IV – Implementação de mecanismos de planejamento com definição de metas físicas por unidade e cronograma de execução;_x000D_
+V – Desenvolvimento de instrumentos de monitoramento e avaliação, com utilização de indicadores voltados à infraestrutura e ao atendimento socioassistencial._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/798/emenda_aditiva_atendimento_especializado_a_populacao_lgbtqiapn2b_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa “Mais Saúde” passa a incluir as seguintes ações:_x000D_
+I – Atendimento especializado à população LGBTQIAPN+;_x000D_
+II – Campanhas de combate à discriminação e promoção da saúde integral;_x000D_
+III – Apoio psicossocial e cultural._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 27 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/799/emenda_aditiva_fortalecimento_dos_conselhos_municipais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda __ /2025_x000D_
+Emenda Aditiva ao Projeto de Lei nº 29/2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá· outras providências” no qual passará a constar seguinte redação:_x000D_
+Art. 1º O programa de gestão administrativa passa a incluir as seguintes ações:_x000D_
+I – Fortalecimento dos conselhos municipais e fóruns participativos;_x000D_
+II – Realização de audiências públicas periódicas;_x000D_
+III – Criação de ouvidorias e plataformas digitais de participação cidadã._x000D_
+Artigo 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
+Sala das Sessões da Câmara, 28 de novembro de 2025._x000D_
+Laelson de Roxo_x000D_
+Vereador</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/807/e_vedado_ao_ouvidor-geral_e_ao_assistente_administrativo_da_ouvidoria_exercer_cargos_de_direcao_em_partidos_politicos.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº 16/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua inciso ao Art. 13, § 2º:_x000D_
+“IV – é vedado ao Ouvidor-Geral e ao Assistente Administrativo da Ouvidoria exercer cargos de direção em partidos políticos ou funções político-partidárias durante o exercício do mandato ou da função”._x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/810/._fica_instituido_o_conselho_consultivo_da_ouvidoria.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº 17/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua novo artigo após o Art. 16:_x000D_
+“Art. 16-A. Fica instituído o Conselho Consultivo da Ouvidoria, de caráter permanente e não remunerado, composto por representantes da sociedade civil organizada, universidades, sindicatos e associações comunitárias, com a finalidade de acompanhar e sugerir melhorias nas atividades da Ouvidoria._x000D_
+§ 1º O Conselho Consultivo reunir-se-á, no mínimo, uma vez por semestre._x000D_
+§ 2º A composição e funcionamento do Conselho serão definidos em regulamento._x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/812/a_ouvidoria_devera_publicar_relatorios_trimestrais.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº 18/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua os seguintes parágrafos ao Art. 17:_x000D_
+“§ 1º A Ouvidoria deverá publicar relatórios trimestrais contendo estatísticas das manifestações recebidas, tempo médio de resposta, providências adotadas e recomendações à Administração._x000D_
+§ 2º Os relatórios deverão ser encaminhados também à Câmara Municipal para conhecimento e acompanhamento.”_x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/813/a_equipe_da_ouvidoria_podera_ser_ampliada_gradualmente.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº ___/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua o seguinte parágrafo ao Art. 12:_x000D_
+“§ 3º A equipe da Ouvidoria poderá ser ampliada gradualmente, mediante designação de servidores efetivos ou convênios com instituições de ensino superior, para assegurar o adequado funcionamento do órgão.”_x000D_
+Sala das Sessões da Câmara, 09 de dezembro de 2025._x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/814/o_municipio_devera_assegurar_capacitacao_continua_e_especifica_aos_servidores_da_ouvidoria.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº 20/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua parágrafo ao Art. 14:_x000D_
+“§ 4º O Município deverá assegurar capacitação contínua e específica aos servidores da Ouvidoria, visando ao aprimoramento da qualidade do atendimento e da gestão das manifestações.”_x000D_
+Vereador Laelson de Roxo</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/816/os_orgaos_e_entidades_da_administracao_publica_municipal_deverao_manter_em_local_visivel_e_de_facil_acesso.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº ___/2025 AO PROJETO DE LEI Nº 45/2025_x000D_
+Ementa: Inclua novo artigo após o Art. 17:_x000D_
+Art. 17-A. Os órgãos e entidades da Administração Pública Municipal deverão manter, em local visível e de fácil acesso ao público, cartazes informativos sobre a Ouvidoria Geral do Município, contendo, no mínimo:</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>SUBEMENDAS</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/861/subemenda_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA EMENDA PARLAMENTAR IMPOSITIVA Nº04/2025 – Altera o Art. 6º do Projeto de Lei nº40/2025 e de outras providencia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3834,56 +5890,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/429/pl_-_autorizacao_de_firmar_contratos_e_convenios_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/441/pl_-_suplementacao_assinado_assinado_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_n._01.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/483/pl_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/484/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/498/oficio_07_projeto_lei_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/506/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_reajuste_dos_servidores_publicos_efetivos_e_comissionados_-_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_no._11.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no._12.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_no._13.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/559/pl_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/560/pl_no_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_no_16_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/603/plo_-_17_2025_criacao_do_procon1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_no._18.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/635/pl_-_complexo_de_seguranca_publica_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_no._20.2025_utilidade_publica_da_caraconha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_de_lei_-_no_21_autorizacao_de_compra_de_imovel__assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/648/pl22-epjai.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/649/pl_festa_sao_tiago.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_n_24_2025__ldo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/673/pl-_dia_do_psicopedagogo.docx_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_politica_para_mulheres_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/678/reforma_administrativa_-_alteracao_de_secretaria_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/681/pl_-_suas_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/682/ppa_2026-2029_-_pm_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_ordina_ria._instituiaao_das_dastas_das_cavalgadas_no_ambito_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/687/dispoe_sobre_a_execucao_do_hino_do_municipio_de_cachoeira_nas_instituicoes_de_ensino_publico_e_privado_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/694/altera_o_art_2_da_lei_1366_que_autoriza_compra_de_terreno_para_creche.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_cria_o_conselho_de_seguranca_-_conseg_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/698/projeto_de_lei_qualifar-sus_cachoeira_-_16.09.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/699/projeto_cria_o_fundo_de_seguranca_-_fumseg_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_politica_para_mulheres_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/711/pl_-_cria_o_sistema_municipal_de_seguranca_alimentar_e_nutricional_assinado_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/716/pl_39_utilidade_publica_agencia_adventista_de_desenvolvimento_e_recursos_assistenciais_leste.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/719/pl_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei__para_reforma_administrativa_-_secretaria_de_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_-_autorizacao_de_compra_de_imovel_de_sr._aloisio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_resolucao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_resolucao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resolucao__03_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/518/projeto_de_resolucao_04_titulo_prof_tatiana_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_resolucao_no05_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_resolucao_06.2025_contas_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_resolucao_no_07.2025_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/604/projeto_de_resolucao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_resolucao_no._09.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_resolucao_no._10.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_resolucao_no._11.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/627/titulo_carlos_daniel.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_resolucao_no_13.2025_titulo_de_cidadao_bruno_monteiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_resolucao_no._14.2025_titulo_sandro_xavier.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/651/tiitulo_marcos_.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/666/titulo_de_cidadao_cachoeirano_a_ilustrissima_senhora_alice_mazzuco_portugal.__.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_resolucao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/428/oficio_gab_vereador_cachoeira_001_2025-laelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_02_paulinho_da_kombi.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_9.docx.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/556/requeiro_no_04_2025_extrato_da_conta_do_fundo_municipal_de_preservacao_do_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/563/requeiro_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_06_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_no_07_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_de_audiencia_publica_-_ponte.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/679/10_oficio_camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_ppa_002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/693/oficio_para_camara_de_vereadore_sobre_situacao_das_desapropriacoes_dos_campos_de_imbiara_tirbiri_e_iguape_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_votacao_em_dois_turnos_final.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_mais_amor.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento__posto_do_tabuleiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_minerva_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/450/dr_dias_mocao_02_17.02.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/462/mocao_de_aplausos_03_josmar.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/494/mocao_de_aplausos.docx_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/502/mocao_de_aplausos.docx_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/505/mocao_06.2025_-_livro_de_igor_almeida.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_aplausos_e_no_07congratulacoes_projeto_olha_pititinga.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/541/08_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/562/dr_dias_mocao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/586/mocao_11_2025_dona_dalva_do_samba.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/590/mocao_12_2025_mateus_aleluia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/656/mocao_n._13.2025_-_pastor_luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/664/mocao_de_aplausos_a_ufrb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/669/mocao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/680/mocao_de_aplausos_gloria_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/683/mocao_n._17.2025_marcos_moura.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/715/mocao_18_fisioterapeuta_e_terapeutas_ocupacionais.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/720/mocao_de_aplausos_abw.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_no._04._2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_no._05._2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no._06._2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no._07._2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_08.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_09.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_iphan_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_16_quadra_de_santiago_do_iguape.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_17_praca_da_opalma.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao18_campo_calembar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_19_posto_de_saude_marciana_andrade_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_20_campo_da_opalma_26022025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/461/n_20_campo_da_ladeira_da_cadeia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_052025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_042025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_praca_na_caipianga.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_quadra_poeisportiva_na_murutuba.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_35_praca_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao36quiosque_e_vestiario_do_cobi.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/480/37escadaria_da_rua_stela..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_38_cemiterio_da_opalma_reforma_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_39_praca_do_alto_do_camelo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_-_instalacao_dos_correios.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/495/indicacao_-_iluminacao_do_ponto_do_dende_ate_a_escola.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/496/indicacao._esc._ladeira.docx_28229_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_-_campo_rua_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/507/implantar_um_servico_de_transporte_de_passageiros_das_comunidades_da_zona_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/509/implantar_um_sistema_de_protocolo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_-_central_de_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no._52.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_no._53.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_54_requaliicaccao_da_quadra_do_morumbi.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_55_limpeza_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_57_reforma_quadra_dos_3_riachos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_58_solicitando_espaco_para_sede_associaco_dos_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/524/indicaco_59_aumento_salariaal_dos_funcionarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_60_aumento_de_salarios_dos_funcionarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_61_construcao_de_creche_escola_na_ladeira_da_cadeia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no._62._2025_colocar_alambrado_no_campo_do_otizeiro.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no._63._2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no._64._2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no._65.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no._66._2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_no._67.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_68_2025_13o_e_ferias.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_69_2025_secretaria_de_politicas_para_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao70_2025_profissionais_para_acompanhamento_de_estudantes_neurodiversos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_71_2025_centro_de_acolhimento_e_bem-estar_animal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no._72.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_73_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_74_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no._52.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_77.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_78.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_79_reforma_da_represa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_no_80.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/566/inndicacao_no_81_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/570/indicacao_82_ponto_de_onibus_alato_do_camelo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_83_jardim_grande_.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_84_praca_capoeirucu_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_85_quadra_escola_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_implementacao_de_equipamentos_de_academia_em_santiago_do_iguape_-3_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_94_para_calcamento_da_rua_cemiterio_da_opalma_reforma_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/591/indicacao_95_campo_de_capoeirucu_.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_no._97.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao_98_casa_de_farinha_calole.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/596/indicacao_no._99.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_100_calcamento_cobi_-_rua_de_nequinha.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_101_calcamento_da_rua_da_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/605/indicacao_no102.2025_moises.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_103_reforma_da_escola_creche_antonio_de_cristo_do_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/607/indicacao_104_casa_de_farinha_alto_do_camelo_-_calole.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_105_casa_de_farinha_do_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_106_reforma_da_associacao_quilombola_engenho_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_no._107.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_no._108.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/612/indicacao__n._109.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/613/indicacao_n._110.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_no_111._2025_manobra_da_agua_da_baixa_grande.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/616/indicacao_no._112_.2025_habilitacao_gratis_para_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_no_113._2025_limpeza_do_rio_paraguassu.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao__114_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao__115_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/622/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/624/inddicacao_117_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/625/inddicacao_118_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/626/inddicacao_119_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_no_120_.2025_moises.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/629/indicacao_121__posto_de_saude_marciana_andrade_do_carmo_-_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_122posto_de_saude_marciana_andrade_do_carmo_profissional_de_servico_geral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/632/indicacao_no_123_.2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/633/indicacao_no_124_.2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_no_125_pavimentacao_rua_neco_tabuleiro.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao_campo_do_tororo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_no_127_do_tanque_do_tabuleiro_da_vitoria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao_no_128_decoracao_de_natal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/645/indicacao_129_iluminacao_rua_de_quilina.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/646/indicacao_130_iluminacao_rua_de_dede.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/647/indicacoes_131_currais_velhos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_praca_dr._milton.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/653/indicacao_velorio_opalma.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/654/indicacao__n._134.2025_requalificacao_do_cemiterio_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao__n._135.2025_requalificacao_da_rua_da_creche.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/659/indicacao__n._137.2025_pavimentacao_da_rua_do_catonho.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/660/indicacao__n._138.2025_requalificacao_da_quadra_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_no._139.2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/662/indicacao_no._140.2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/663/indicacao_.pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_sessao_especial_em_celebracao_aos_20_anos_da_ufrb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/671/ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_calcamento_do_alto_da_rodagem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_melhoramento_rede_de_agua_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_ponto_de_onibus_eng_novo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no._148.2025_coleta_de_lixo_quebra_bunda_e_terra_vermelha.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_149_de_placa_de_identificacao_de_comunidade_quilombola.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_posto_do_tabuleiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_151.2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_funcionario_da_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_realizar_a_reposicao_da_lampada.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_quadra_do_morumbi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao__2.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_no101.2025_moises.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_cursos_de_qualificacao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/463/emenda_modificativa__assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/657/emenda_e_justificativa_voluntariado_epjai.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/692/emenda_ok.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/430/mocao__de_pesar_01._2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/439/esmeraldo__assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/503/mocao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/504/mocao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/542/mocao_n._10.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/543/mocao_n._11.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/546/mocao_n._12.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/561/mocao_n._13.2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/568/mocao_n._14.2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/593/mocao_de_pesar_no_15_adenison.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/670/mocao_n._16.2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/684/mocao_n._17.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/691/mocao_n._18.2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_n._19.2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/713/mocao_n._20.2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/515/decreto_legislativo_01comenda_25_de_junho_jeronimo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/517/decreto_legislativo_02comenda_25_de_junho_ananias.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/575/comenda_03_2025_teixeira_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/576/comenda_04_2025_zumbi_dos_palmares.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/577/comenda_05_2025_salustiano_coelho_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/578/comenda_06_2025_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/579/comenda_07_2025_maria_quiteria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/599/decreto_legislativo_08_2025_comenda_maria_quiteria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/600/decreto_legislativo_09_2025_comenda_zumbi_dos_palmares.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/601/decreto_legislativo_10_2025_andre_pinto_rebolcas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/602/decreto_legislativo_11_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/631/comenda_teixeira_de_freitas_silvana_barreto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/634/decreto_legislativo_13_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/652/comenda_teixeira_de_freitas_dr._nelson.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/688/decreto_legislativo_15_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/690/decreto_legislativo_no_16.2025_titulo_de_cidada_olivia_santana.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/712/decreto_legislativo_no_17.2025_titulo_roque_da_silva_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/714/pdl_18_tituto_de_cidadao_a_ricardo_alexandre_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/636/emenda_aditiva_ao_projeto_14_-_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/429/pl_-_autorizacao_de_firmar_contratos_e_convenios_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/441/pl_-_suplementacao_assinado_assinado_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_n._01.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/483/pl_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/484/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/498/oficio_07_projeto_lei_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/506/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_reajuste_dos_servidores_publicos_efetivos_e_comissionados_-_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_no._11.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no._12.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_no._13.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/559/pl_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/560/pl_no_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_no_16_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/603/plo_-_17_2025_criacao_do_procon1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_no._18.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/635/pl_-_complexo_de_seguranca_publica_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_no._20.2025_utilidade_publica_da_caraconha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_de_lei_-_no_21_autorizacao_de_compra_de_imovel__assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/648/pl22-epjai.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/649/pl_festa_sao_tiago.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_n_24_2025__ldo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/673/pl-_dia_do_psicopedagogo.docx_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_politica_para_mulheres_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/678/reforma_administrativa_-_alteracao_de_secretaria_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/681/pl_-_suas_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/682/ppa_2026_atualizado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_ordina_ria._instituiaao_das_dastas_das_cavalgadas_no_ambito_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/687/dispoe_sobre_a_execucao_do_hino_do_municipio_de_cachoeira_nas_instituicoes_de_ensino_publico_e_privado_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/694/altera_o_art_2_da_lei_1366_que_autoriza_compra_de_terreno_para_creche.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_cria_o_conselho_de_seguranca_-_conseg_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/698/projeto_de_lei_qualifar-sus_cachoeira_-_16.09.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/699/projeto_cria_o_fundo_de_seguranca_-_fumseg_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_politica_para_mulheres_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/711/pl_-_cria_o_sistema_municipal_de_seguranca_alimentar_e_nutricional_assinado_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/716/pl_39_utilidade_publica_agencia_adventista_de_desenvolvimento_e_recursos_assistenciais_leste.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/719/pl_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei__para_reforma_administrativa_-_secretaria_de_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_-_autorizacao_de_compra_de_imovel_de_sr._aloisio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/747/pl_-_buscape.docx_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_nova_lei_de_parcelamento_do_solo_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_lei_-_criacao_da_ouvidoria_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/862/pl_46_2025_alteracao_do_nome_do_cine_teatro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/873/oficio_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_-_incentivo_aos_profissionais_da_saude_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/882/pl_-_secretaria_da_mulher_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_-_utilidade_publica_-_baixa_grande_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_resolucao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_resolucao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resolucao__03_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/518/projeto_de_resolucao_04_titulo_prof_tatiana_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_resolucao_no05_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_resolucao_06.2025_contas_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_resolucao_no_07.2025_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/604/projeto_de_resolucao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_resolucao_no._09.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_resolucao_no_17.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_resolucao_no._11.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/627/titulo_carlos_daniel.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_resolucao_no_13.2025_titulo_de_cidadao_bruno_monteiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_resolucao_no._14.2025_titulo_sandro_xavier.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/651/tiitulo_marcos_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/666/titulo_de_cidadao_cachoeirano_a_ilustrissima_senhora_alice_mazzuco_portugal.__.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_resolucao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/428/oficio_gab_vereador_cachoeira_001_2025-laelson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_02_paulinho_da_kombi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_9.docx.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/556/requeiro_no_04_2025_extrato_da_conta_do_fundo_municipal_de_preservacao_do_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/563/requeiro_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_06_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_no_07_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_de_audiencia_publica_-_ponte.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/679/10_oficio_camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_ppa_002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/693/oficio_para_camara_de_vereadore_sobre_situacao_das_desapropriacoes_dos_campos_de_imbiara_tirbiri_e_iguape_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_votacao_em_dois_turnos_final.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_mais_amor.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento__posto_do_tabuleiro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_no_15_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/744/ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/781/requerimento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/789/requewrimento_solicitando_a_retirada_de_emendas_27112025_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_solicitando_a_retirada_de_emendas_modificativas_28112025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_solicitacao_de_parecer_referente_ao_ppa-assinada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/809/solicitacao_de_retirada_de_tramitacao_da_emenda_parlamentar_impositiva_no_19_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_marcos_elias-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_minerva_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/450/dr_dias_mocao_02_17.02.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/462/mocao_de_aplausos_03_josmar.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/494/mocao_de_aplausos.docx_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/502/mocao_de_aplausos.docx_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/505/mocao_06.2025_-_livro_de_igor_almeida.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_aplausos_e_no_07congratulacoes_projeto_olha_pititinga.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/541/08_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/562/dr_dias_mocao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/586/mocao_11_2025_dona_dalva_do_samba.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/590/mocao_12_2025_mateus_aleluia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/656/mocao_n._13.2025_-_pastor_luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/664/mocao_de_aplausos_a_ufrb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/669/mocao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/680/mocao_de_aplausos_gloria_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/683/mocao_n._17.2025_marcos_moura.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/715/mocao_18_fisioterapeuta_e_terapeutas_ocupacionais.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/720/mocao_de_aplausos_abw.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/729/mocao_de_aplausos_kaonge.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/730/mocao_de_aplausos_mutecho_acutinga.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/740/mocao_de_aplausos_e_congratulacoes_edson_falcao_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/805/mocao_de_aplausos_a_associacao_de_mulheres_negras_no_quilombo_engenho_da_ponte_armnqep.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_no._04._2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_no._05._2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no._06._2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no._07._2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_08.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_09.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_iphan_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_16_quadra_de_santiago_do_iguape.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_17_praca_da_opalma.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao18_campo_calembar.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_19_posto_de_saude_marciana_andrade_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_20_campo_da_opalma_26022025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/461/n_20_campo_da_ladeira_da_cadeia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_052025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_042025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_praca_na_caipianga.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_quadra_poeisportiva_na_murutuba.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_35_praca_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao36quiosque_e_vestiario_do_cobi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/480/37escadaria_da_rua_stela..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_38_cemiterio_da_opalma_reforma_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_39_praca_do_alto_do_camelo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_-_instalacao_dos_correios.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/495/indicacao_-_iluminacao_do_ponto_do_dende_ate_a_escola.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/496/indicacao._esc._ladeira.docx_28229_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_-_campo_rua_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/507/implantar_um_servico_de_transporte_de_passageiros_das_comunidades_da_zona_.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/509/implantar_um_sistema_de_protocolo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_-_central_de_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no._52.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_no._53.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_54_requaliicaccao_da_quadra_do_morumbi.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_55_limpeza_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_57_reforma_quadra_dos_3_riachos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_58_solicitando_espaco_para_sede_associaco_dos_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/524/indicaco_59_aumento_salariaal_dos_funcionarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_60_aumento_de_salarios_dos_funcionarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_61_construcao_de_creche_escola_na_ladeira_da_cadeia.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no._62._2025_colocar_alambrado_no_campo_do_otizeiro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no._63._2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no._64._2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no._65.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no._66._2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_no._67.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_68_2025_13o_e_ferias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_69_2025_secretaria_de_politicas_para_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao70_2025_profissionais_para_acompanhamento_de_estudantes_neurodiversos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_71_2025_centro_de_acolhimento_e_bem-estar_animal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no._72.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_73_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_74_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no._52.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_77.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_78.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_79_reforma_da_represa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_no_80.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/566/inndicacao_no_81_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/570/indicacao_82_ponto_de_onibus_alato_do_camelo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_83_jardim_grande_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_84_praca_capoeirucu_.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_85_quadra_escola_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_implementacao_de_equipamentos_de_academia_em_santiago_do_iguape_-3_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_94_para_calcamento_da_rua_cemiterio_da_opalma_reforma_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/591/indicacao_95_campo_de_capoeirucu_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_no._97.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao_98_casa_de_farinha_calole.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/596/indicacao_no._99.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_100_calcamento_cobi_-_rua_de_nequinha.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_101_calcamento_da_rua_da_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/605/indicacao_no102.2025_moises.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_103_reforma_da_escola_creche_antonio_de_cristo_do_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/607/indicacao_104_casa_de_farinha_alto_do_camelo_-_calole.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_105_casa_de_farinha_do_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_106_reforma_da_associacao_quilombola_engenho_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_no._107.2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/611/indicacao_no._108.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/612/indicacao__n._109.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/613/indicacao_n._110.2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_no_111._2025_manobra_da_agua_da_baixa_grande.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/616/indicacao_no._112_.2025_habilitacao_gratis_para_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_no_113._2025_limpeza_do_rio_paraguassu.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao__114_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao__115_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/622/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/624/inddicacao_117_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/625/inddicacao_118_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/626/inddicacao_119_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_no_120_.2025_moises.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/629/indicacao_121__posto_de_saude_marciana_andrade_do_carmo_-_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_122posto_de_saude_marciana_andrade_do_carmo_profissional_de_servico_geral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/632/indicacao_no_123_.2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/633/indicacao_no_124_.2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/637/indicacao_no_125_pavimentacao_rua_neco_tabuleiro.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/638/indicacao_campo_do_tororo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_no_127_do_tanque_do_tabuleiro_da_vitoria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao_no_128_decoracao_de_natal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/645/indicacao_129_iluminacao_rua_de_quilina.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/646/indicacao_130_iluminacao_rua_de_dede.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/647/indicacoes_131_currais_velhos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/650/indicacao_praca_dr._milton.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/653/indicacao_velorio_opalma.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/654/indicacao__n._134.2025_requalificacao_do_cemiterio_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao__n._135.2025_requalificacao_da_rua_da_creche.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/659/indicacao__n._137.2025_pavimentacao_da_rua_do_catonho.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/660/indicacao__n._138.2025_requalificacao_da_quadra_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/661/indicacao_no._139.2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/662/indicacao_no._140.2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/663/indicacao_.pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_sessao_especial_em_celebracao_aos_20_anos_da_ufrb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/671/ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_calcamento_do_alto_da_rodagem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_melhoramento_rede_de_agua_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_ponto_de_onibus_eng_novo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no._148.2025_coleta_de_lixo_quebra_bunda_e_terra_vermelha.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_149_de_placa_de_identificacao_de_comunidade_quilombola.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_posto_do_tabuleiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_151.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_funcionario_da_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_realizar_a_reposicao_da_lampada.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_quadra_do_morumbi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao__2.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_no101.2025_moises.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_cursos_de_qualificacao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no._158_solicitar_da_prefeitura_requalificacao_com_cascalho_nas_estradas_vicinais__boa_vista_de_belem_belem_ao_tupim.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no._159__requalificacao_ddas_estras_engenho_da_vitoria_ate_o_taboleiro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao__4.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_-_praca_nova_esperanca.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_caixas_de_lixo_do_quebra_bunda.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/734/solicitacao_secretario_de_esporte_julio_cesar.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_pintura_dos_redutores_de_velocidades.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_vistoria_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_corrimao_na_ladeira_do_cucuii..docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/746/telamento_terra_vermelha.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_171_orador_do_13_de_marco.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_no._172.2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_no._173.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_no._174.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no._175.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_quadra_da_terra_vermelha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_caixa_d27agua_da_terra_vermelha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/463/emenda_modificativa__assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/657/emenda_e_justificativa_voluntariado_epjai.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/692/emenda_ok.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/745/emenda_modificativa_01_2025_ao_projeto_40_2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/750/criacao_do_programa_moradia_rural_digna.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/751/estruturacao_e_fortalecimento_do_creas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/752/criacao_de_acoes_especificas_para_a_populacao_lgbtqiapn.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/753/criacao_do_programa_cachoeira_digital.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/754/inclusao_de_metas_para_geracao_de_emprego_e_renda.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/755/fortalecimento_da_participacao_popular_e_controle_social.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/756/criacao_do_programa_juventude_ativa.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/757/programa_de_apoio_aos_pescadores_marisqueiras_e_trabalhadores_rurais-assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/758/inclusao_de_acoes_especificas_para_reforma_e_modernizacao_dos_cra.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/759/requalificacao_e_ampliacao_do_caps.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/760/planejamento_e_realizacao_de_concurso_publico-assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/761/valorizacao_dos_prestadores_de_servico_temporario.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/762/transporte_publico_rural-assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/763/salvaguarda_do_patrimonio_cultural_imaterial_reconhecido_por_lei_municipal-assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/765/emenda_impositiva_2026_-aquisicao_de_ambulancia_zero_quilometro_para_a_comunidade_da_opalma.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/801/emenda_impositiva_.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/817/emenda_impositiva_buscape_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_impositiva_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/819/emenda_impositiva_escadaria__assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/820/emenda_impositiva_individual_ladeirao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/821/emenda_impositiva_cadeira_odonto_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/822/emenda_impositiva_feira_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/823/emenda_impositiva_fesata_da_ostra.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_impositiva_campo_do_cobi.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/826/emenda_impositiva_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/827/emenda_impositiva_nossa_senhora_da_boa_morte.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_impositiva_2026_-aquisicao_de_ambulancia_zero_quilometro_para_a_comunidade_da_opalma_laelson.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_impositiva__veiculo..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/832/emenda_impositiva_angelica_-_parque_infantil_matinha_100.00.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/833/emenda_impositiva_angelica_-_quadra_poliesportiva_do_bairro_dos_tres_riachos_localizada_na_rua_da_feira_45.000_1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/834/emenda_impositiva_yermanja.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/835/emenda_impositiva_angelica_-_festa_dos_evangelicos_8.00000.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/836/emenda_impositiva_dona_dalva.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/837/emenda_impositiva_angelica_-_aquisicao_de_bebedouro_industrial_apae_2.50000.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/839/emenda_impositiva_sao_roque_engenho_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/840/emenda_impositiva_laelson_campeonato_quilombola_30.000.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/841/emenda_impositiva_campinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/843/emenda_impositiva_nossa_senhora_dajuda.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_impositiva_laelson_festa_nossa_senhora_do_bom_parto_30.000.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/850/emenda_impositiva_no_44_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/851/emenda_impositiva_45_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/852/emenda_impositiva_cristiano_de_louro_-_natinho.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/853/emenda_impositiva_cristiano_de_louro_-_carnaval_do_saco.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/854/emenda_impositiva_cristiano_de_louro_-_pinguela.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/858/emenda_impositiva_cristiano_de_louro_-_festa_senhor_do_bomfim_ladeira_de_padre_inacio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/859/emenda_impositiva_cristiano_de_louro_-_festa_senhor_do_bomfim_murutuba.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/860/emenda_impositiva_cristiano_de_louro_-_campeonato_murutuba_pinguela.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/868/emenda_impositiva_individual_tibiri.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/869/impositiva_individual__saco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/871/emenda_impositiva_junina_buscape.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/872/impositiva_individual_tibiri_pavimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/874/emenda_impositiva_cadeira_odonto_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/875/emenda_impositiva_praca_nova_esperanca_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/876/emenda_impositiva_individual_campeonato_ladeirao.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/877/emenda_impositiva_campinho_cucui_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_impositiva_escadaria_novo_rumo_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/430/mocao__de_pesar_01._2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/439/esmeraldo__assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/503/mocao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/504/mocao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/542/mocao_n._10.2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/543/mocao_n._11.2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/546/mocao_n._12.2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/561/mocao_n._13.2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/568/mocao_n._14.2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/593/mocao_de_pesar_no_15_adenison.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/670/mocao_n._16.2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/684/mocao_n._17.2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/691/mocao_n._18.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_n._19.2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/713/mocao_n._20.2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/727/mocao_n._21.2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/736/mocao_n._22.2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/770/mocao_n._23.2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/804/mocao_n._24.2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/515/decreto_legislativo_01comenda_25_de_junho_jeronimo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/517/decreto_legislativo_02comenda_25_de_junho_ananias.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/575/comenda_03_2025_teixeira_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/576/comenda_04_2025_zumbi_dos_palmares.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/577/comenda_05_2025_salustiano_coelho_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/578/comenda_06_2025_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/579/comenda_07_2025_maria_quiteria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/599/decreto_legislativo_08_2025_comenda_maria_quiteria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/600/decreto_legislativo_09_2025_comenda_zumbi_dos_palmares.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/601/decreto_legislativo_10_2025_andre_pinto_rebolcas.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/602/decreto_legislativo_11_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/631/comenda_teixeira_de_freitas_silvana_barreto.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/634/decreto_legislativo_13_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/652/comenda_teixeira_de_freitas_dr._nelson.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/688/decreto_legislativo_15_2025_comenda_jorge_amado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/690/decreto_legislativo_no_16.2025_titulo_de_cidada_olivia_santana.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/712/decreto_legislativo_no_17.2025_titulo_roque_da_silva_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/714/pdl_18_tituto_de_cidadao_a_ricardo_alexandre_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/748/titulo_de_cidadao_cachoeirano_cd.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/731/emenda_modificativa_10_2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/771/promocao_do_desenvolvimento_economico_e_social.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/772/fortalecimento_da_rede_de_protecao_social_creas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/773/melhoria_da_infraestrutura_fisica_dos_cras_existentes_assinafdo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/774/preservacao_e_promocao_do_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/775/acesso_ao_transporte_nas_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/777/estudo_e_planejar_a_viabilidade_de_concursos_publicos.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/778/atendimento_especializado_a_populacao_lgbtqiapn.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/779/fortalecimento_dos_conselhos_municipais_e_foruns_participativos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/780/iniciativas_integradas_voltadas_a_juventude_urbana_e_rural.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/782/fortalecimento_das_politicas_de_habitacao_rural-assinado1.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/783/acoes_de_apoio_tecnico_organizacional_e_produtivo_para_pescadores_e_marisqueiras.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/784/fortalecimento_da_inclusao_digital.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/785/fortalecimento_da_rede_municipal_de_saude_mental_caps.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/806/ouvidor-geral_do_municipio_tera_mandato_de_2_dois.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/811/a_ouvidoria_acusara_o_recebimento_da_manifestacao_no_prazo_maximo_de_48.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/815/o_cargo_de_assistente_administrativo_da_ouvidoria_sera_de_provimento_efetivo.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_modificativa_campo_da_opalma.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_modificativa_preservacao_do_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_angelica_-_quadra_matinha_250.00.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/838/emenda_modificativa_praca_humberto_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/842/emenda_modificativa_campo_de_capoeirucu.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/844/emenda_modificativa_casa_de_farinha.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/846/emenda_modificativa_criacao_do_sistema_municipal_para_controle_do_numero_de_criancas_atipicas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/847/emenda_modificativa_fortalecimento_das_politicas_publicas_do_orgao_1600__secretaria_de_promocao_e_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/848/emenda_modificativa_execucao_de_projetos_de_lei_de_autoria_dos_vereadores_que_gerem_despesa_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/849/emenda_modificativa_junina_girasol_do_iguape.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/855/emenda_modificativa_cristiano_de_louro_-_quadra_saco.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/856/emenda_modificativa_cristiano_de_louro_-_quadra_pinguela.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/857/emenda_modificativa_cristiano_de_louro_-_quadra_murutuba.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_assistencia_social_cristiano_-_angelica_e_laelson.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_modificativa_41_2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/865/emenda_modificativa_premicao_educacao_ano_2026.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/867/emenda_modificativa_festa_do_licor.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/870/emenda_modificativa_festa_de_reis.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/636/emenda_aditiva_ao_projeto_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/786/emenda_aditiva_desenvolvimento_de_iniciativas_integradas_voltadas_a_juventude_urbana_e_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/787/emenda_aditiva_promocao_de_iniciativas_de_incentivo_a_geracao_de_ocupacoes_e_oportunidades_de_trabalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/788/emenda_aditiva_fortalecimento_das_politicas_de_habitacao_rural__assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/790/emenda_aditiva_acesso_a_transportes_nas_comunidades_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/791/emenda_aditiva_fortalecimento_da_rede_de_protecao_social_creas_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/792/emenda_aditiva_concurso_publico__assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/793/emenda_aditiva_preservacao_e_promocao_do_patrimonio_cultural_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/794/emenda_aditiva_fortalecimento_da_rede_municipal_de_saude_mental_caps_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/795/emenda_aditiva_acoes_de_apoio_tecnico_organizacional_e_produtivo_para_pescadores_e_marisqueiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/796/emenda_aditiva_desenvolvimento_de_iniciativas_voltadas_ao_fortalecimento_da_inclusao_digital_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_aditiva_melhoria_da_infraestrutura_dos_cras__assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/798/emenda_aditiva_atendimento_especializado_a_populacao_lgbtqiapn2b_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/799/emenda_aditiva_fortalecimento_dos_conselhos_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/807/e_vedado_ao_ouvidor-geral_e_ao_assistente_administrativo_da_ouvidoria_exercer_cargos_de_direcao_em_partidos_politicos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/810/._fica_instituido_o_conselho_consultivo_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/812/a_ouvidoria_devera_publicar_relatorios_trimestrais.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/813/a_equipe_da_ouvidoria_podera_ser_ampliada_gradualmente.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/814/o_municipio_devera_assegurar_capacitacao_continua_e_especifica_aos_servidores_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/816/os_orgaos_e_entidades_da_administracao_publica_municipal_deverao_manter_em_local_visivel_e_de_facil_acesso.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeira.ba.leg.br/media/sapl/public/materialegislativa/2025/861/subemenda_04_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H292"/>
+  <dimension ref="A1:H451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="233.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="201" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4981,6508 +7037,10642 @@
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H43" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>187</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
       <c r="D44" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>79</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>192</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H45" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>195</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>21</v>
+        <v>196</v>
       </c>
       <c r="D46" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H46" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="D47" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H47" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>30</v>
+        <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H48" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>34</v>
+        <v>208</v>
       </c>
       <c r="D49" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>38</v>
+        <v>212</v>
       </c>
       <c r="D50" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
       <c r="D51" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H51" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E52" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F52" t="s">
-        <v>216</v>
+        <v>22</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H52" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D53" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E53" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F53" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H53" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="D54" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E54" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F54" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H54" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D55" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E55" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F55" t="s">
         <v>44</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D56" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E56" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H56" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="D57" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E57" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F57" t="s">
-        <v>216</v>
+        <v>238</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H57" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="D58" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E58" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F58" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="H58" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>244</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>43</v>
+      </c>
+      <c r="D59" t="s">
+        <v>220</v>
+      </c>
+      <c r="E59" t="s">
+        <v>221</v>
+      </c>
+      <c r="F59" t="s">
         <v>238</v>
       </c>
-      <c r="B59" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G59" s="1" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="H59" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="E60" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="F60" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="H60" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D61" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E61" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H61" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="D62" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E62" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F62" t="s">
-        <v>39</v>
+        <v>255</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="D63" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E63" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F63" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="H63" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D64" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E64" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F64" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="H64" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D65" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E65" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F65" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="H65" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="D66" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E66" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F66" t="s">
         <v>44</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H66" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="D67" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E67" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F67" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="H67" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="D68" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="E68" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="F68" t="s">
-        <v>79</v>
+        <v>238</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="H68" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E69" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="H69" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E70" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F70" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="H70" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E71" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="H71" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D72" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E72" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F72" t="s">
         <v>44</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="H72" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D73" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E73" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F73" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="H73" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="D74" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="E74" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="F74" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D75" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E75" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F75" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="H75" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E76" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F76" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="H76" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D77" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E77" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="H77" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D78" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E78" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F78" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="H78" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="D79" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E79" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F79" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="D80" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E80" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="H80" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="D81" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E81" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F81" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="H81" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="D82" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E82" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="H82" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="D83" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E83" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F83" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="H83" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="D84" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E84" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F84" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="H84" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="D85" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E85" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="H85" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="D86" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E86" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="D87" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E87" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F87" t="s">
-        <v>327</v>
+        <v>44</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D88" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E88" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F88" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="D89" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E89" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F89" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="D90" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E90" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="F90" t="s">
         <v>79</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>289</v>
+        <v>345</v>
       </c>
       <c r="E91" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="F91" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
-        <v>289</v>
+        <v>345</v>
       </c>
       <c r="E92" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>352</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>21</v>
+      </c>
+      <c r="D93" t="s">
         <v>345</v>
       </c>
-      <c r="B93" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="F93" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D94" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E94" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F94" t="s">
-        <v>202</v>
+        <v>79</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H94" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D95" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E95" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F95" t="s">
-        <v>202</v>
+        <v>79</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="H95" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D96" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E96" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F96" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="H96" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="D97" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E97" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F97" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="H97" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="D98" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E98" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F98" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H98" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="D99" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E99" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F99" t="s">
-        <v>223</v>
+        <v>88</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H99" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="D100" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E100" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F100" t="s">
-        <v>223</v>
+        <v>88</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H100" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D101" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E101" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F101" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="H101" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="D102" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E102" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F102" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H102" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="D103" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E103" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F103" t="s">
-        <v>223</v>
+        <v>383</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="H103" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D104" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E104" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F104" t="s">
-        <v>381</v>
+        <v>79</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>49</v>
+        <v>387</v>
       </c>
       <c r="H104" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="D105" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E105" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F105" t="s">
-        <v>381</v>
+        <v>88</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>49</v>
+        <v>390</v>
       </c>
       <c r="H105" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="D106" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E106" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F106" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="H106" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="D107" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E107" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F107" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="H107" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="D108" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E108" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F108" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="H108" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="D109" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E109" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F109" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="H109" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="D110" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E110" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F110" t="s">
         <v>44</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="H110" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="D111" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E111" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F111" t="s">
         <v>44</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="H111" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="D112" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E112" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F112" t="s">
         <v>44</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="H112" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="D113" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E113" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F113" t="s">
         <v>44</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="H113" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E114" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F114" t="s">
-        <v>79</v>
+        <v>234</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="H114" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="D115" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E115" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F115" t="s">
-        <v>413</v>
+        <v>234</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="H115" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="D116" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E116" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F116" t="s">
-        <v>413</v>
+        <v>234</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="H116" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="D117" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E117" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F117" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="H117" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="D118" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E118" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F118" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="H118" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="D119" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E119" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F119" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="H119" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="D120" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E120" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F120" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="H120" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="D121" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E121" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F121" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="H121" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="D122" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E122" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F122" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="H122" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>136</v>
+        <v>52</v>
       </c>
       <c r="D123" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E123" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F123" t="s">
-        <v>413</v>
+        <v>255</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="H123" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="D124" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E124" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F124" t="s">
-        <v>202</v>
+        <v>449</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>441</v>
+        <v>49</v>
       </c>
       <c r="H124" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="D125" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E125" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F125" t="s">
-        <v>202</v>
+        <v>449</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>444</v>
+        <v>49</v>
       </c>
       <c r="H125" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>148</v>
+        <v>64</v>
       </c>
       <c r="D126" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E126" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F126" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="H126" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>152</v>
+        <v>69</v>
       </c>
       <c r="D127" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E127" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F127" t="s">
         <v>39</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="H127" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="D128" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E128" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F128" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="H128" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>160</v>
+        <v>78</v>
       </c>
       <c r="D129" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E129" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F129" t="s">
         <v>44</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="H129" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="D130" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E130" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F130" t="s">
         <v>44</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="H130" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>168</v>
+        <v>87</v>
       </c>
       <c r="D131" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E131" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F131" t="s">
         <v>44</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="H131" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>172</v>
+        <v>92</v>
       </c>
       <c r="D132" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E132" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F132" t="s">
         <v>44</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="H132" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="D133" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E133" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F133" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>49</v>
+        <v>475</v>
       </c>
       <c r="H133" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="D134" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E134" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F134" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>49</v>
+        <v>478</v>
       </c>
       <c r="H134" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>184</v>
+        <v>104</v>
       </c>
       <c r="D135" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E135" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F135" t="s">
-        <v>22</v>
+        <v>481</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>49</v>
+        <v>482</v>
       </c>
       <c r="H135" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>474</v>
+        <v>108</v>
       </c>
       <c r="D136" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E136" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F136" t="s">
-        <v>22</v>
+        <v>481</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>49</v>
+        <v>485</v>
       </c>
       <c r="H136" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>477</v>
+        <v>112</v>
       </c>
       <c r="D137" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E137" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F137" t="s">
-        <v>22</v>
+        <v>481</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>49</v>
+        <v>488</v>
       </c>
       <c r="H137" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>480</v>
+        <v>116</v>
       </c>
       <c r="D138" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E138" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F138" t="s">
-        <v>44</v>
+        <v>481</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="H138" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>484</v>
+        <v>120</v>
       </c>
       <c r="D139" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E139" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F139" t="s">
-        <v>44</v>
+        <v>481</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="H139" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>488</v>
+        <v>124</v>
       </c>
       <c r="D140" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E140" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F140" t="s">
-        <v>79</v>
+        <v>481</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="H140" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>492</v>
+        <v>128</v>
       </c>
       <c r="D141" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E141" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F141" t="s">
-        <v>44</v>
+        <v>481</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="H141" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>496</v>
+        <v>132</v>
       </c>
       <c r="D142" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E142" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F142" t="s">
-        <v>44</v>
+        <v>481</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="H142" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>500</v>
+        <v>136</v>
       </c>
       <c r="D143" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E143" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F143" t="s">
-        <v>44</v>
+        <v>481</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="H143" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>504</v>
+        <v>140</v>
       </c>
       <c r="D144" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E144" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F144" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="H144" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>508</v>
+        <v>144</v>
       </c>
       <c r="D145" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E145" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F145" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="H145" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>512</v>
+        <v>148</v>
       </c>
       <c r="D146" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E146" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F146" t="s">
-        <v>216</v>
+        <v>39</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="H146" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>516</v>
+        <v>152</v>
       </c>
       <c r="D147" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E147" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F147" t="s">
-        <v>216</v>
+        <v>39</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H147" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>520</v>
+        <v>156</v>
       </c>
       <c r="D148" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E148" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F148" t="s">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H148" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>523</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
+        <v>160</v>
+      </c>
+      <c r="D149" t="s">
+        <v>417</v>
+      </c>
+      <c r="E149" t="s">
+        <v>418</v>
+      </c>
+      <c r="F149" t="s">
+        <v>44</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="D149" t="s">
-[...8 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>526</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>164</v>
+      </c>
+      <c r="D150" t="s">
+        <v>417</v>
+      </c>
+      <c r="E150" t="s">
+        <v>418</v>
+      </c>
+      <c r="F150" t="s">
+        <v>44</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="H150" t="s">
         <v>528</v>
-      </c>
-[...13 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>529</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>168</v>
+      </c>
+      <c r="D151" t="s">
+        <v>417</v>
+      </c>
+      <c r="E151" t="s">
+        <v>418</v>
+      </c>
+      <c r="F151" t="s">
+        <v>44</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H151" t="s">
         <v>531</v>
-      </c>
-[...19 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>536</v>
+        <v>172</v>
       </c>
       <c r="D152" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E152" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F152" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="H152" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>540</v>
+        <v>176</v>
       </c>
       <c r="D153" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E153" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F153" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>541</v>
+        <v>49</v>
       </c>
       <c r="H153" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>544</v>
+        <v>180</v>
       </c>
       <c r="D154" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E154" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F154" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>545</v>
+        <v>49</v>
       </c>
       <c r="H154" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>548</v>
+        <v>184</v>
       </c>
       <c r="D155" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E155" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F155" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>549</v>
+        <v>49</v>
       </c>
       <c r="H155" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>552</v>
+        <v>188</v>
       </c>
       <c r="D156" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E156" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F156" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>553</v>
+        <v>49</v>
       </c>
       <c r="H156" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>555</v>
+        <v>543</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>556</v>
+        <v>192</v>
       </c>
       <c r="D157" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E157" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F157" t="s">
-        <v>223</v>
+        <v>22</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>557</v>
+        <v>49</v>
       </c>
       <c r="H157" t="s">
-        <v>558</v>
+        <v>544</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>559</v>
+        <v>545</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>560</v>
+        <v>196</v>
       </c>
       <c r="D158" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E158" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F158" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="H158" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>564</v>
+        <v>200</v>
       </c>
       <c r="D159" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E159" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F159" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>565</v>
+        <v>549</v>
       </c>
       <c r="H159" t="s">
-        <v>566</v>
+        <v>550</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>567</v>
+        <v>551</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>568</v>
+        <v>204</v>
       </c>
       <c r="D160" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E160" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F160" t="s">
-        <v>223</v>
+        <v>79</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>569</v>
+        <v>552</v>
       </c>
       <c r="H160" t="s">
-        <v>570</v>
+        <v>553</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>571</v>
+        <v>554</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>572</v>
+        <v>208</v>
       </c>
       <c r="D161" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E161" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F161" t="s">
         <v>44</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>573</v>
+        <v>555</v>
       </c>
       <c r="H161" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>576</v>
+        <v>212</v>
       </c>
       <c r="D162" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E162" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F162" t="s">
         <v>44</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>577</v>
+        <v>558</v>
       </c>
       <c r="H162" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>579</v>
+        <v>560</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>580</v>
+        <v>216</v>
       </c>
       <c r="D163" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E163" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F163" t="s">
         <v>44</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>581</v>
+        <v>561</v>
       </c>
       <c r="H163" t="s">
-        <v>582</v>
+        <v>562</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>584</v>
+        <v>564</v>
       </c>
       <c r="D164" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E164" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F164" t="s">
         <v>44</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>585</v>
+        <v>565</v>
       </c>
       <c r="H164" t="s">
-        <v>586</v>
+        <v>566</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>588</v>
+        <v>568</v>
       </c>
       <c r="D165" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E165" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F165" t="s">
-        <v>223</v>
+        <v>248</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>589</v>
+        <v>569</v>
       </c>
       <c r="H165" t="s">
-        <v>590</v>
+        <v>570</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>591</v>
+        <v>571</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>592</v>
+        <v>572</v>
       </c>
       <c r="D166" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E166" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F166" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>593</v>
+        <v>573</v>
       </c>
       <c r="H166" t="s">
-        <v>594</v>
+        <v>574</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>595</v>
+        <v>575</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>596</v>
+        <v>576</v>
       </c>
       <c r="D167" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E167" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F167" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
       <c r="H167" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="D168" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E168" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F168" t="s">
-        <v>65</v>
+        <v>248</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="H168" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
       <c r="D169" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E169" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F169" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
       <c r="H169" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
       <c r="D170" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E170" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F170" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
       <c r="H170" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
       <c r="D171" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E171" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F171" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="H171" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>615</v>
+        <v>595</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>616</v>
+        <v>596</v>
       </c>
       <c r="D172" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E172" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F172" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="H172" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="D173" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E173" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="H173" t="s">
-        <v>622</v>
+        <v>602</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>623</v>
+        <v>603</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
       <c r="D174" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E174" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="H174" t="s">
-        <v>626</v>
+        <v>606</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>627</v>
+        <v>607</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
       <c r="D175" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E175" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F175" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="H175" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="D176" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E176" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F176" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="H176" t="s">
-        <v>634</v>
+        <v>614</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="D177" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E177" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F177" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="H177" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>639</v>
+        <v>619</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>640</v>
+        <v>620</v>
       </c>
       <c r="D178" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E178" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F178" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H178" t="s">
-        <v>642</v>
+        <v>622</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>643</v>
+        <v>623</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>644</v>
+        <v>624</v>
       </c>
       <c r="D179" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E179" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F179" t="s">
-        <v>39</v>
+        <v>255</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>645</v>
+        <v>625</v>
       </c>
       <c r="H179" t="s">
-        <v>646</v>
+        <v>626</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>647</v>
+        <v>627</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>648</v>
+        <v>628</v>
       </c>
       <c r="D180" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E180" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F180" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>649</v>
+        <v>629</v>
       </c>
       <c r="H180" t="s">
-        <v>650</v>
+        <v>630</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>651</v>
+        <v>631</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>652</v>
+        <v>632</v>
       </c>
       <c r="D181" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E181" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F181" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="H181" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>656</v>
+        <v>636</v>
       </c>
       <c r="D182" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E182" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F182" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="H182" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>660</v>
+        <v>640</v>
       </c>
       <c r="D183" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E183" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F183" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>661</v>
+        <v>641</v>
       </c>
       <c r="H183" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>663</v>
+        <v>643</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>664</v>
+        <v>644</v>
       </c>
       <c r="D184" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E184" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F184" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
       <c r="H184" t="s">
-        <v>666</v>
+        <v>646</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>668</v>
+        <v>648</v>
       </c>
       <c r="D185" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E185" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F185" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>669</v>
+        <v>649</v>
       </c>
       <c r="H185" t="s">
-        <v>670</v>
+        <v>650</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>672</v>
+        <v>652</v>
       </c>
       <c r="D186" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E186" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F186" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>673</v>
+        <v>653</v>
       </c>
       <c r="H186" t="s">
-        <v>674</v>
+        <v>654</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>675</v>
+        <v>655</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>676</v>
+        <v>656</v>
       </c>
       <c r="D187" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E187" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F187" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H187" t="s">
-        <v>678</v>
+        <v>658</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>679</v>
+        <v>659</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>680</v>
+        <v>660</v>
       </c>
       <c r="D188" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E188" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F188" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>681</v>
+        <v>661</v>
       </c>
       <c r="H188" t="s">
-        <v>682</v>
+        <v>662</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>683</v>
+        <v>663</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>684</v>
+        <v>664</v>
       </c>
       <c r="D189" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E189" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F189" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>685</v>
+        <v>665</v>
       </c>
       <c r="H189" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>687</v>
+        <v>667</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>688</v>
+        <v>668</v>
       </c>
       <c r="D190" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E190" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F190" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>689</v>
+        <v>669</v>
       </c>
       <c r="H190" t="s">
-        <v>690</v>
+        <v>670</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>691</v>
+        <v>671</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>692</v>
+        <v>672</v>
       </c>
       <c r="D191" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E191" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F191" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>693</v>
+        <v>673</v>
       </c>
       <c r="H191" t="s">
-        <v>694</v>
+        <v>674</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>695</v>
+        <v>675</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>696</v>
+        <v>676</v>
       </c>
       <c r="D192" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E192" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F192" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>697</v>
+        <v>677</v>
       </c>
       <c r="H192" t="s">
-        <v>698</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>699</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>700</v>
+        <v>680</v>
       </c>
       <c r="D193" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E193" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F193" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>701</v>
+        <v>681</v>
       </c>
       <c r="H193" t="s">
-        <v>702</v>
+        <v>682</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>704</v>
+        <v>684</v>
       </c>
       <c r="D194" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E194" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F194" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
       <c r="H194" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>708</v>
+        <v>688</v>
       </c>
       <c r="D195" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E195" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F195" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>709</v>
+        <v>689</v>
       </c>
       <c r="H195" t="s">
-        <v>710</v>
+        <v>690</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
       <c r="D196" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E196" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F196" t="s">
         <v>44</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>713</v>
+        <v>693</v>
       </c>
       <c r="H196" t="s">
-        <v>714</v>
+        <v>694</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
       <c r="D197" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E197" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F197" t="s">
         <v>44</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>717</v>
+        <v>697</v>
       </c>
       <c r="H197" t="s">
-        <v>718</v>
+        <v>698</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>719</v>
+        <v>699</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>720</v>
+        <v>700</v>
       </c>
       <c r="D198" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E198" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F198" t="s">
         <v>44</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>721</v>
+        <v>701</v>
       </c>
       <c r="H198" t="s">
-        <v>722</v>
+        <v>702</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>723</v>
+        <v>703</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>724</v>
+        <v>704</v>
       </c>
       <c r="D199" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E199" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F199" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>725</v>
+        <v>705</v>
       </c>
       <c r="H199" t="s">
-        <v>726</v>
+        <v>706</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
       <c r="D200" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E200" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F200" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="H200" t="s">
-        <v>730</v>
+        <v>710</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="D201" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E201" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F201" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>733</v>
+        <v>713</v>
       </c>
       <c r="H201" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
       <c r="D202" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E202" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F202" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c r="H202" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="D203" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E203" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F203" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="H203" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>744</v>
+        <v>724</v>
       </c>
       <c r="D204" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E204" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F204" t="s">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="H204" t="s">
-        <v>746</v>
+        <v>726</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>747</v>
+        <v>727</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>748</v>
+        <v>728</v>
       </c>
       <c r="D205" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E205" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F205" t="s">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>749</v>
+        <v>729</v>
       </c>
       <c r="H205" t="s">
-        <v>750</v>
+        <v>730</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>751</v>
+        <v>731</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>752</v>
+        <v>732</v>
       </c>
       <c r="D206" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E206" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F206" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="H206" t="s">
-        <v>754</v>
+        <v>734</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>755</v>
+        <v>735</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>756</v>
+        <v>736</v>
       </c>
       <c r="D207" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E207" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F207" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>757</v>
+        <v>737</v>
       </c>
       <c r="H207" t="s">
-        <v>758</v>
+        <v>738</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>759</v>
+        <v>739</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>760</v>
+        <v>740</v>
       </c>
       <c r="D208" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E208" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F208" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>761</v>
+        <v>741</v>
       </c>
       <c r="H208" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>764</v>
+        <v>744</v>
       </c>
       <c r="D209" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E209" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F209" t="s">
         <v>39</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="H209" t="s">
-        <v>766</v>
+        <v>746</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>767</v>
+        <v>747</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>768</v>
+        <v>748</v>
       </c>
       <c r="D210" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E210" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F210" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="H210" t="s">
-        <v>770</v>
+        <v>750</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>772</v>
+        <v>752</v>
       </c>
       <c r="D211" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E211" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F211" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
       <c r="H211" t="s">
-        <v>774</v>
+        <v>754</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>775</v>
+        <v>755</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>776</v>
+        <v>756</v>
       </c>
       <c r="D212" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E212" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F212" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>777</v>
+        <v>757</v>
       </c>
       <c r="H212" t="s">
-        <v>778</v>
+        <v>758</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>779</v>
+        <v>759</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>780</v>
+        <v>760</v>
       </c>
       <c r="D213" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E213" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F213" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>781</v>
+        <v>761</v>
       </c>
       <c r="H213" t="s">
-        <v>782</v>
+        <v>762</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>783</v>
+        <v>763</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>784</v>
+        <v>764</v>
       </c>
       <c r="D214" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E214" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F214" t="s">
         <v>44</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>785</v>
+        <v>765</v>
       </c>
       <c r="H214" t="s">
-        <v>786</v>
+        <v>766</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
       <c r="D215" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E215" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F215" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
       <c r="H215" t="s">
-        <v>790</v>
+        <v>770</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>791</v>
+        <v>771</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>792</v>
+        <v>772</v>
       </c>
       <c r="D216" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E216" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F216" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
       <c r="H216" t="s">
-        <v>794</v>
+        <v>774</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>795</v>
+        <v>775</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>796</v>
+        <v>776</v>
       </c>
       <c r="D217" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E217" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F217" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="H217" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>800</v>
+        <v>780</v>
       </c>
       <c r="D218" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E218" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F218" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="H218" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>803</v>
+        <v>783</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>804</v>
+        <v>784</v>
       </c>
       <c r="D219" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E219" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F219" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>805</v>
+        <v>785</v>
       </c>
       <c r="H219" t="s">
-        <v>806</v>
+        <v>786</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
       <c r="D220" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E220" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F220" t="s">
-        <v>39</v>
+        <v>248</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="H220" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>811</v>
+        <v>791</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>812</v>
+        <v>792</v>
       </c>
       <c r="D221" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E221" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F221" t="s">
-        <v>202</v>
+        <v>248</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>813</v>
+        <v>793</v>
       </c>
       <c r="H221" t="s">
-        <v>814</v>
+        <v>794</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>815</v>
+        <v>795</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>816</v>
+        <v>796</v>
       </c>
       <c r="D222" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E222" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F222" t="s">
-        <v>39</v>
+        <v>248</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>817</v>
+        <v>797</v>
       </c>
       <c r="H222" t="s">
-        <v>818</v>
+        <v>798</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>819</v>
+        <v>799</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="D223" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E223" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F223" t="s">
-        <v>39</v>
+        <v>248</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="H223" t="s">
-        <v>822</v>
+        <v>802</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>823</v>
+        <v>803</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>824</v>
+        <v>804</v>
       </c>
       <c r="D224" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E224" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F224" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>825</v>
+        <v>805</v>
       </c>
       <c r="H224" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>828</v>
+        <v>808</v>
       </c>
       <c r="D225" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E225" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F225" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="H225" t="s">
-        <v>830</v>
+        <v>810</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>831</v>
+        <v>811</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>832</v>
+        <v>812</v>
       </c>
       <c r="D226" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E226" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F226" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="H226" t="s">
-        <v>834</v>
+        <v>814</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>835</v>
+        <v>815</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>836</v>
+        <v>816</v>
       </c>
       <c r="D227" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E227" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F227" t="s">
-        <v>327</v>
+        <v>234</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>837</v>
+        <v>817</v>
       </c>
       <c r="H227" t="s">
-        <v>838</v>
+        <v>818</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>839</v>
+        <v>819</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>840</v>
+        <v>820</v>
       </c>
       <c r="D228" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E228" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F228" t="s">
-        <v>327</v>
+        <v>234</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>841</v>
+        <v>821</v>
       </c>
       <c r="H228" t="s">
-        <v>842</v>
+        <v>822</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>843</v>
+        <v>823</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>844</v>
+        <v>824</v>
       </c>
       <c r="D229" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E229" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F229" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>845</v>
+        <v>825</v>
       </c>
       <c r="H229" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>847</v>
+        <v>827</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>848</v>
+        <v>828</v>
       </c>
       <c r="D230" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E230" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F230" t="s">
-        <v>327</v>
+        <v>255</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="H230" t="s">
-        <v>850</v>
+        <v>830</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>851</v>
+        <v>831</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
       <c r="D231" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E231" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F231" t="s">
-        <v>327</v>
+        <v>255</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="H231" t="s">
-        <v>854</v>
+        <v>834</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>856</v>
+        <v>836</v>
       </c>
       <c r="D232" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E232" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F232" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>857</v>
+        <v>837</v>
       </c>
       <c r="H232" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>859</v>
+        <v>839</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
       <c r="D233" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E233" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F233" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
       <c r="H233" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>863</v>
+        <v>843</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="D234" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E234" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F234" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
       <c r="H234" t="s">
-        <v>866</v>
+        <v>846</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>867</v>
+        <v>847</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>868</v>
+        <v>848</v>
       </c>
       <c r="D235" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E235" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F235" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="H235" t="s">
-        <v>870</v>
+        <v>850</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>872</v>
+        <v>852</v>
       </c>
       <c r="D236" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E236" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F236" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>873</v>
+        <v>853</v>
       </c>
       <c r="H236" t="s">
-        <v>874</v>
+        <v>854</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>875</v>
+        <v>855</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>876</v>
+        <v>856</v>
       </c>
       <c r="D237" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E237" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F237" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>877</v>
+        <v>857</v>
       </c>
       <c r="H237" t="s">
-        <v>878</v>
+        <v>858</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>879</v>
+        <v>859</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>880</v>
+        <v>860</v>
       </c>
       <c r="D238" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E238" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F238" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="H238" t="s">
-        <v>882</v>
+        <v>862</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>883</v>
+        <v>863</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>884</v>
+        <v>864</v>
       </c>
       <c r="D239" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E239" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F239" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>885</v>
+        <v>865</v>
       </c>
       <c r="H239" t="s">
-        <v>886</v>
+        <v>866</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>887</v>
+        <v>867</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>888</v>
+        <v>868</v>
       </c>
       <c r="D240" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E240" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F240" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>889</v>
+        <v>869</v>
       </c>
       <c r="H240" t="s">
-        <v>890</v>
+        <v>870</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>891</v>
+        <v>871</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>892</v>
+        <v>872</v>
       </c>
       <c r="D241" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E241" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F241" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>893</v>
+        <v>873</v>
       </c>
       <c r="H241" t="s">
-        <v>894</v>
+        <v>874</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>895</v>
+        <v>875</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>896</v>
+        <v>876</v>
       </c>
       <c r="D242" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E242" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F242" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>897</v>
+        <v>877</v>
       </c>
       <c r="H242" t="s">
-        <v>898</v>
+        <v>878</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>900</v>
+        <v>880</v>
       </c>
       <c r="D243" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E243" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F243" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>901</v>
+        <v>881</v>
       </c>
       <c r="H243" t="s">
-        <v>902</v>
+        <v>882</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>903</v>
+        <v>883</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>904</v>
+        <v>884</v>
       </c>
       <c r="D244" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E244" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F244" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>905</v>
+        <v>885</v>
       </c>
       <c r="H244" t="s">
-        <v>906</v>
+        <v>886</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>907</v>
+        <v>887</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>908</v>
+        <v>888</v>
       </c>
       <c r="D245" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E245" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F245" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>909</v>
+        <v>889</v>
       </c>
       <c r="H245" t="s">
-        <v>910</v>
+        <v>890</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>912</v>
+        <v>892</v>
       </c>
       <c r="D246" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E246" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F246" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>913</v>
+        <v>893</v>
       </c>
       <c r="H246" t="s">
-        <v>914</v>
+        <v>894</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>915</v>
+        <v>895</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>916</v>
+        <v>896</v>
       </c>
       <c r="D247" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E247" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F247" t="s">
-        <v>79</v>
+        <v>383</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>917</v>
+        <v>897</v>
       </c>
       <c r="H247" t="s">
-        <v>918</v>
+        <v>898</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>919</v>
+        <v>899</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>920</v>
+        <v>900</v>
       </c>
       <c r="D248" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E248" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F248" t="s">
-        <v>39</v>
+        <v>383</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>921</v>
+        <v>901</v>
       </c>
       <c r="H248" t="s">
-        <v>922</v>
+        <v>902</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>924</v>
+        <v>904</v>
       </c>
       <c r="D249" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E249" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F249" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>925</v>
+        <v>905</v>
       </c>
       <c r="H249" t="s">
-        <v>926</v>
+        <v>906</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>927</v>
+        <v>907</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
       <c r="D250" t="s">
-        <v>349</v>
+        <v>417</v>
       </c>
       <c r="E250" t="s">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F250" t="s">
-        <v>44</v>
+        <v>383</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
       <c r="H250" t="s">
-        <v>930</v>
+        <v>910</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>931</v>
+        <v>911</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>10</v>
+        <v>912</v>
       </c>
       <c r="D251" t="s">
-        <v>932</v>
+        <v>417</v>
       </c>
       <c r="E251" t="s">
-        <v>933</v>
+        <v>418</v>
       </c>
       <c r="F251" t="s">
-        <v>44</v>
+        <v>383</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="H251" t="s">
-        <v>935</v>
+        <v>914</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>17</v>
+        <v>916</v>
       </c>
       <c r="D252" t="s">
-        <v>932</v>
+        <v>417</v>
       </c>
       <c r="E252" t="s">
-        <v>933</v>
+        <v>418</v>
       </c>
       <c r="F252" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>937</v>
+        <v>917</v>
       </c>
       <c r="H252" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>939</v>
+        <v>919</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>21</v>
+        <v>920</v>
       </c>
       <c r="D253" t="s">
-        <v>932</v>
+        <v>417</v>
       </c>
       <c r="E253" t="s">
-        <v>933</v>
+        <v>418</v>
       </c>
       <c r="F253" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>940</v>
+        <v>921</v>
       </c>
       <c r="H253" t="s">
-        <v>941</v>
+        <v>922</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>942</v>
+        <v>923</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>10</v>
+        <v>924</v>
       </c>
       <c r="D254" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E254" t="s">
-        <v>944</v>
+        <v>418</v>
+      </c>
+      <c r="F254" t="s">
+        <v>39</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>945</v>
+        <v>925</v>
       </c>
       <c r="H254" t="s">
-        <v>946</v>
+        <v>926</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>947</v>
+        <v>927</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>17</v>
+        <v>928</v>
       </c>
       <c r="D255" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E255" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F255" t="s">
-        <v>948</v>
+        <v>79</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>49</v>
+        <v>929</v>
       </c>
       <c r="H255" t="s">
-        <v>949</v>
+        <v>930</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>950</v>
+        <v>931</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>21</v>
+        <v>932</v>
       </c>
       <c r="D256" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E256" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F256" t="s">
-        <v>948</v>
+        <v>39</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>49</v>
+        <v>933</v>
       </c>
       <c r="H256" t="s">
-        <v>951</v>
+        <v>934</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>952</v>
+        <v>935</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>26</v>
+        <v>936</v>
       </c>
       <c r="D257" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E257" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F257" t="s">
-        <v>948</v>
+        <v>79</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>49</v>
+        <v>937</v>
       </c>
       <c r="H257" t="s">
-        <v>953</v>
+        <v>938</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>954</v>
+        <v>939</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>30</v>
+        <v>940</v>
       </c>
       <c r="D258" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E258" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F258" t="s">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>49</v>
+        <v>941</v>
       </c>
       <c r="H258" t="s">
-        <v>955</v>
+        <v>942</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>956</v>
+        <v>943</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>34</v>
+        <v>944</v>
       </c>
       <c r="D259" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E259" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F259" t="s">
         <v>44</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="H259" t="s">
-        <v>958</v>
+        <v>946</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>959</v>
+        <v>947</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>948</v>
       </c>
       <c r="D260" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E260" t="s">
-        <v>944</v>
+        <v>418</v>
+      </c>
+      <c r="F260" t="s">
+        <v>44</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>49</v>
+        <v>949</v>
       </c>
       <c r="H260" t="s">
-        <v>960</v>
+        <v>950</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>961</v>
+        <v>951</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>43</v>
+        <v>952</v>
       </c>
       <c r="D261" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E261" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F261" t="s">
-        <v>216</v>
+        <v>248</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>962</v>
+        <v>953</v>
       </c>
       <c r="H261" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>964</v>
+        <v>955</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>48</v>
+        <v>956</v>
       </c>
       <c r="D262" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E262" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F262" t="s">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="H262" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>52</v>
+        <v>960</v>
       </c>
       <c r="D263" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E263" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F263" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="H263" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>56</v>
+        <v>964</v>
       </c>
       <c r="D264" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E264" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F264" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="H264" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>60</v>
+        <v>968</v>
       </c>
       <c r="D265" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E265" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F265" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="H265" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>64</v>
+        <v>972</v>
       </c>
       <c r="D266" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E266" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F266" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="H266" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>69</v>
+        <v>976</v>
       </c>
       <c r="D267" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E267" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F267" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="H267" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>979</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>980</v>
+      </c>
+      <c r="D268" t="s">
+        <v>417</v>
+      </c>
+      <c r="E268" t="s">
+        <v>418</v>
+      </c>
+      <c r="F268" t="s">
+        <v>39</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H268" t="s">
         <v>982</v>
-      </c>
-[...19 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>983</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>984</v>
+      </c>
+      <c r="D269" t="s">
+        <v>417</v>
+      </c>
+      <c r="E269" t="s">
+        <v>418</v>
+      </c>
+      <c r="F269" t="s">
+        <v>65</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B269" t="s">
-[...14 lines deleted...]
-      <c r="G269" s="1" t="s">
+      <c r="H269" t="s">
         <v>986</v>
-      </c>
-[...1 lines deleted...]
-        <v>987</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>987</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
         <v>988</v>
       </c>
-      <c r="B270" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D270" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E270" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F270" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>989</v>
       </c>
       <c r="H270" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>991</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>87</v>
+        <v>992</v>
       </c>
       <c r="D271" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E271" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F271" t="s">
-        <v>202</v>
+        <v>248</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H271" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>92</v>
+        <v>996</v>
       </c>
       <c r="D272" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E272" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F272" t="s">
-        <v>216</v>
+        <v>248</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="H272" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>96</v>
+        <v>1000</v>
       </c>
       <c r="D273" t="s">
-        <v>943</v>
+        <v>417</v>
       </c>
       <c r="E273" t="s">
-        <v>944</v>
+        <v>418</v>
       </c>
       <c r="F273" t="s">
-        <v>202</v>
+        <v>39</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="H273" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>10</v>
+        <v>1004</v>
       </c>
       <c r="D274" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E274" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F274" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H274" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>17</v>
+        <v>1008</v>
       </c>
       <c r="D275" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E275" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F275" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="H275" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>21</v>
+        <v>1012</v>
       </c>
       <c r="D276" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E276" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F276" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="H276" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>26</v>
+        <v>1016</v>
       </c>
       <c r="D277" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E277" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F277" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="H277" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>30</v>
+        <v>1020</v>
       </c>
       <c r="D278" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E278" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F278" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="H278" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>34</v>
+        <v>1024</v>
       </c>
       <c r="D279" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E279" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F279" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="H279" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>38</v>
+        <v>1028</v>
       </c>
       <c r="D280" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E280" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F280" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1021</v>
+        <v>49</v>
       </c>
       <c r="H280" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>43</v>
+        <v>1031</v>
       </c>
       <c r="D281" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E281" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F281" t="s">
-        <v>88</v>
+        <v>481</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1024</v>
+        <v>49</v>
       </c>
       <c r="H281" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>48</v>
+        <v>1034</v>
       </c>
       <c r="D282" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E282" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F282" t="s">
-        <v>22</v>
+        <v>481</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1027</v>
+        <v>49</v>
       </c>
       <c r="H282" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>52</v>
+        <v>1037</v>
       </c>
       <c r="D283" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E283" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F283" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="H283" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>56</v>
+        <v>1041</v>
       </c>
       <c r="D284" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E284" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F284" t="s">
-        <v>88</v>
+        <v>248</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="H284" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>60</v>
+        <v>1045</v>
       </c>
       <c r="D285" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E285" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F285" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="H285" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>64</v>
+        <v>1049</v>
       </c>
       <c r="D286" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E286" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F286" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="H286" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>69</v>
+        <v>1053</v>
       </c>
       <c r="D287" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E287" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F287" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="H287" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>73</v>
+        <v>1057</v>
       </c>
       <c r="D288" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E288" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F288" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="H288" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>78</v>
+        <v>1061</v>
       </c>
       <c r="D289" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E289" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F289" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="H289" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>83</v>
+        <v>1065</v>
       </c>
       <c r="D290" t="s">
-        <v>1001</v>
+        <v>417</v>
       </c>
       <c r="E290" t="s">
-        <v>1002</v>
+        <v>418</v>
       </c>
       <c r="F290" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="H290" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="D291" t="s">
-        <v>1001</v>
+        <v>1069</v>
       </c>
       <c r="E291" t="s">
-        <v>1002</v>
+        <v>1070</v>
       </c>
       <c r="F291" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="H291" t="s">
-        <v>1055</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>17</v>
       </c>
       <c r="D292" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="E292" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="F292" t="s">
         <v>44</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
       <c r="H292" t="s">
-        <v>1060</v>
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>21</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F293" t="s">
+        <v>44</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>26</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F294" t="s">
+        <v>44</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>30</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F295" t="s">
+        <v>44</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>34</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F296" t="s">
+        <v>44</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>38</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F297" t="s">
+        <v>44</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>43</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F298" t="s">
+        <v>44</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>48</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F299" t="s">
+        <v>44</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>52</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F300" t="s">
+        <v>44</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>56</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F301" t="s">
+        <v>44</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>60</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F302" t="s">
+        <v>44</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>64</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F303" t="s">
+        <v>44</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>69</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F304" t="s">
+        <v>44</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>73</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F305" t="s">
+        <v>44</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>78</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F306" t="s">
+        <v>44</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>83</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F307" t="s">
+        <v>44</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>87</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F308" t="s">
+        <v>44</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>92</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F309" t="s">
+        <v>44</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>96</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F310" t="s">
+        <v>39</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>100</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F311" t="s">
+        <v>79</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>104</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F312" t="s">
+        <v>79</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>108</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F313" t="s">
+        <v>79</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>112</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F314" t="s">
+        <v>79</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>116</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F315" t="s">
+        <v>79</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>120</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F316" t="s">
+        <v>79</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>124</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F317" t="s">
+        <v>44</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>128</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F318" t="s">
+        <v>44</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>132</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F319" t="s">
+        <v>44</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>136</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F320" t="s">
+        <v>44</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>140</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F321" t="s">
+        <v>44</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>144</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F322" t="s">
+        <v>234</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>148</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F323" t="s">
+        <v>234</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>152</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F324" t="s">
+        <v>234</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>156</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F325" t="s">
+        <v>44</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>160</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F326" t="s">
+        <v>234</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>164</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F327" t="s">
+        <v>44</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>168</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F328" t="s">
+        <v>234</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>172</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F329" t="s">
+        <v>44</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>176</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F330" t="s">
+        <v>44</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>180</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F331" t="s">
+        <v>79</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>184</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F332" t="s">
+        <v>44</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>188</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F333" t="s">
+        <v>44</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>192</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F334" t="s">
+        <v>481</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>196</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F335" t="s">
+        <v>248</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>200</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F336" t="s">
+        <v>255</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>204</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F337" t="s">
+        <v>255</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>208</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F338" t="s">
+        <v>255</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>212</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F339" t="s">
+        <v>255</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>216</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F340" t="s">
+        <v>255</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>564</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F341" t="s">
+        <v>255</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>568</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F342" t="s">
+        <v>39</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>572</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F343" t="s">
+        <v>39</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>576</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F344" t="s">
+        <v>79</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>580</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F345" t="s">
+        <v>39</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>584</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F346" t="s">
+        <v>79</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>588</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F347" t="s">
+        <v>79</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>592</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F348" t="s">
+        <v>79</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>596</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F349" t="s">
+        <v>79</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>600</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F350" t="s">
+        <v>79</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>604</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F351" t="s">
+        <v>234</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>10</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>17</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>21</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>26</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>30</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F356" t="s">
+        <v>248</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>34</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F357" t="s">
+        <v>44</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>38</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>43</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F359" t="s">
+        <v>248</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>48</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F360" t="s">
+        <v>248</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>52</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F361" t="s">
+        <v>88</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>56</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F362" t="s">
+        <v>65</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>60</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F363" t="s">
+        <v>88</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>64</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F364" t="s">
+        <v>88</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>69</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F365" t="s">
+        <v>22</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>73</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F366" t="s">
+        <v>234</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>78</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F367" t="s">
+        <v>88</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>83</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F368" t="s">
+        <v>88</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>87</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F369" t="s">
+        <v>234</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>92</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F370" t="s">
+        <v>248</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>96</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F371" t="s">
+        <v>234</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>100</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F372" t="s">
+        <v>248</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>104</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F373" t="s">
+        <v>234</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>108</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F374" t="s">
+        <v>22</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>112</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F375" t="s">
+        <v>234</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>10</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F376" t="s">
+        <v>44</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>17</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F377" t="s">
+        <v>44</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>21</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F378" t="s">
+        <v>22</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>26</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F379" t="s">
+        <v>22</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>30</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F380" t="s">
+        <v>22</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>34</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F381" t="s">
+        <v>22</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>38</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F382" t="s">
+        <v>22</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>43</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F383" t="s">
+        <v>88</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>48</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F384" t="s">
+        <v>22</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>52</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F385" t="s">
+        <v>88</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>56</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F386" t="s">
+        <v>88</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>60</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F387" t="s">
+        <v>44</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>64</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F388" t="s">
+        <v>255</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>69</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F389" t="s">
+        <v>44</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>73</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F390" t="s">
+        <v>248</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>78</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F391" t="s">
+        <v>22</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>83</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F392" t="s">
+        <v>22</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>87</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F393" t="s">
+        <v>65</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>92</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F394" t="s">
+        <v>79</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>52</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F395" t="s">
+        <v>255</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>56</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F396" t="s">
+        <v>44</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>60</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F397" t="s">
+        <v>44</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>64</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F398" t="s">
+        <v>44</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>69</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F399" t="s">
+        <v>44</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>73</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F400" t="s">
+        <v>44</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>78</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F401" t="s">
+        <v>44</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>83</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F402" t="s">
+        <v>44</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>87</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F403" t="s">
+        <v>44</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>92</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F404" t="s">
+        <v>44</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>96</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F405" t="s">
+        <v>44</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>100</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F406" t="s">
+        <v>44</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>104</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F407" t="s">
+        <v>44</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>108</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F408" t="s">
+        <v>44</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>112</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F409" t="s">
+        <v>44</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>116</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F410" t="s">
+        <v>44</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>120</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F411" t="s">
+        <v>44</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>124</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F412" t="s">
+        <v>44</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>128</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F413" t="s">
+        <v>44</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>132</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F414" t="s">
+        <v>234</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>136</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F415" t="s">
+        <v>44</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>140</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F416" t="s">
+        <v>44</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>144</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F417" t="s">
+        <v>44</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>148</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F418" t="s">
+        <v>44</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>152</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F419" t="s">
+        <v>44</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>156</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F420" t="s">
+        <v>44</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>160</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F421" t="s">
+        <v>44</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>164</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F422" t="s">
+        <v>255</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>168</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F423" t="s">
+        <v>255</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>172</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F424" t="s">
+        <v>255</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>176</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F425" t="s">
+        <v>44</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>180</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F426" t="s">
+        <v>248</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>184</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F427" t="s">
+        <v>44</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>188</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F428" t="s">
+        <v>39</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>192</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F429" t="s">
+        <v>39</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>196</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F430" t="s">
+        <v>234</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>17</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F431" t="s">
+        <v>44</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>21</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F432" t="s">
+        <v>44</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>26</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F433" t="s">
+        <v>44</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>30</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F434" t="s">
+        <v>44</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>34</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F435" t="s">
+        <v>44</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>38</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F436" t="s">
+        <v>44</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>43</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F437" t="s">
+        <v>44</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>48</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F438" t="s">
+        <v>44</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>52</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F439" t="s">
+        <v>44</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>56</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F440" t="s">
+        <v>44</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>60</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F441" t="s">
+        <v>44</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>64</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F442" t="s">
+        <v>44</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>69</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F443" t="s">
+        <v>44</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>73</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F444" t="s">
+        <v>44</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>78</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F445" t="s">
+        <v>44</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>83</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F446" t="s">
+        <v>44</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>87</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F447" t="s">
+        <v>44</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>92</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F448" t="s">
+        <v>44</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>96</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F449" t="s">
+        <v>44</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>100</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F450" t="s">
+        <v>44</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>26</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F451" t="s">
+        <v>248</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1556</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11734,50 +17924,209 @@
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
     <hyperlink ref="G281" r:id="rId280"/>
     <hyperlink ref="G282" r:id="rId281"/>
     <hyperlink ref="G283" r:id="rId282"/>
     <hyperlink ref="G284" r:id="rId283"/>
     <hyperlink ref="G285" r:id="rId284"/>
     <hyperlink ref="G286" r:id="rId285"/>
     <hyperlink ref="G287" r:id="rId286"/>
     <hyperlink ref="G288" r:id="rId287"/>
     <hyperlink ref="G289" r:id="rId288"/>
     <hyperlink ref="G290" r:id="rId289"/>
     <hyperlink ref="G291" r:id="rId290"/>
     <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>